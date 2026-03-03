--- v0 (2025-12-01)
+++ v1 (2026-03-03)
@@ -59,76 +59,76 @@
   <Override PartName="/xl/charts/chart9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style9.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors9.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style10.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors10.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/charts/chart11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style11.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors11.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr hidePivotFieldList="1" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://esamur-my.sharepoint.com/personal/josemanuel_alarcon_esamur_com1/Documents/Documentos/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\josemanuel.alarcon\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B8D54D9A-C0A6-4C30-897F-043210DC7BE2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{57DF379D-6513-4E43-9938-ACD651CE1779}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="3" xr2:uid="{C7E8DEA5-68B5-45C7-8C25-C9FFB71DC957}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{C7E8DEA5-68B5-45C7-8C25-C9FFB71DC957}"/>
   </bookViews>
   <sheets>
     <sheet name="TP_TIPOLICITACION" sheetId="11" r:id="rId1"/>
     <sheet name="TP_GASTOS_RESUMEN" sheetId="3" r:id="rId2"/>
     <sheet name="TP_CONTRATOS_ABIERTOS" sheetId="4" r:id="rId3"/>
     <sheet name="TP_CONTRATOS_MENORES" sheetId="6" r:id="rId4"/>
     <sheet name="TP_CONTRATOS_NSP" sheetId="10" r:id="rId5"/>
     <sheet name="TP_CONTRATOS_DERIVADOS" sheetId="9" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName name="DatosExternos_1" localSheetId="5" hidden="1">TP_CONTRATOS_DERIVADOS!$A$1:$H$5</definedName>
+    <definedName name="DatosExternos_1" localSheetId="5" hidden="1">TP_CONTRATOS_DERIVADOS!$A$1:$H$6</definedName>
     <definedName name="DatosExternos_1" localSheetId="3" hidden="1">TP_CONTRATOS_MENORES!$A$1:$H$10</definedName>
-    <definedName name="DatosExternos_1" localSheetId="1" hidden="1">TP_GASTOS_RESUMEN!$A$1:$H$16</definedName>
+    <definedName name="DatosExternos_1" localSheetId="1" hidden="1">TP_GASTOS_RESUMEN!$A$1:$H$15</definedName>
     <definedName name="DatosExternos_2" localSheetId="2" hidden="1">TP_CONTRATOS_ABIERTOS!$A$1:$H$7</definedName>
-    <definedName name="DatosExternos_2" localSheetId="4" hidden="1">TP_CONTRATOS_NSP!$A$1:$H$3</definedName>
-    <definedName name="DatosExternos_2" localSheetId="0" hidden="1">TP_TIPOLICITACION!$A$1:$I$22</definedName>
+    <definedName name="DatosExternos_2" localSheetId="4" hidden="1">TP_CONTRATOS_NSP!$A$1:$H$2</definedName>
+    <definedName name="DatosExternos_2" localSheetId="0" hidden="1">TP_TIPOLICITACION!$A$1:$I$21</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{FCE2AD5D-F65C-4FA6-A056-5C36A1767C68}">
       <x15:dataModel>
         <x15:modelTables>
           <x15:modelTable id="TP_CONTRATOS_ec8c6fa6-e90c-424d-8fef-e3a33c4bf770" name="TP_CONTRATOS" connection="Consulta - TP_CONTRATOS"/>
           <x15:modelTable id="TP_CONTRATOS_RESUMEN_efce5f6b-4257-43a8-9ad1-65999aac379e" name="TP_CONTRATOS_RESUMEN" connection="Consulta - TP_CONTRATOS_RESUMEN"/>
           <x15:modelTable id="TP_CONTRATOS_ABIERTOS_da5cf81e-86d9-4ed3-ac74-4973112d0af7" name="TP_CONTRATOS_ABIERTOS" connection="Consulta - TP_CONTRATOS_ABIERTOS"/>
           <x15:modelTable id="TP_CONTRATOS_MENORES_9b2fcd21-6088-4428-b89c-f45a4f03f86e" name="TP_CONTRATOS_MENORES" connection="Consulta - TP_CONTRATOS_MENORES"/>
         </x15:modelTables>
         <x15:extLst>
           <ext xmlns:x16="http://schemas.microsoft.com/office/spreadsheetml/2014/11/main" uri="{9835A34E-60A6-4A7C-AAB8-D5F71C897F49}">
             <x16:modelTimeGroupings>
               <x16:modelTimeGrouping tableName="TP_CONTRATOS" columnName="FECHA_ADJ" columnId="FECHA_ADJ">
                 <x16:calculatedTimeColumn columnName="FECHA_ADJ (año)" columnId="FECHA_ADJ (año)" contentType="years" isSelected="1"/>
                 <x16:calculatedTimeColumn columnName="FECHA_ADJ (trimestre)" columnId="FECHA_ADJ (trimestre)" contentType="quarters" isSelected="1"/>
                 <x16:calculatedTimeColumn columnName="FECHA_ADJ (índice de meses)" columnId="FECHA_ADJ (índice de meses)" contentType="monthsindex" isSelected="1"/>
                 <x16:calculatedTimeColumn columnName="FECHA_ADJ (mes)" columnId="FECHA_ADJ (mes)" contentType="months" isSelected="1"/>
               </x16:modelTimeGrouping>
             </x16:modelTimeGroupings>
           </ext>
@@ -207,51 +207,51 @@
         <x15:connection id="" model="1"/>
       </ext>
     </extLst>
   </connection>
   <connection id="11" xr16:uid="{ECB6EAE9-7C4D-462B-9E55-EE806B27F513}" keepAlive="1" name="ModelConnection_DatosExternos_2" description="Modelo de datos" type="5" refreshedVersion="8" minRefreshableVersion="5" saveData="1">
     <dbPr connection="Data Model Connection" command="TP_CONTRATOS_ABIERTOS" commandType="3"/>
     <extLst>
       <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{DE250136-89BD-433C-8126-D09CA5730AF9}">
         <x15:connection id="" model="1"/>
       </ext>
     </extLst>
   </connection>
   <connection id="12" xr16:uid="{9353BB5C-7F0E-47CC-938A-E6E07CB21B01}" keepAlive="1" name="ThisWorkbookDataModel" description="Modelo de datos" type="5" refreshedVersion="8" minRefreshableVersion="5" background="1">
     <dbPr connection="Data Model Connection" command="Model" commandType="1"/>
     <olapPr sendLocale="1" rowDrillCount="1000"/>
     <extLst>
       <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{DE250136-89BD-433C-8126-D09CA5730AF9}">
         <x15:connection id="" model="1"/>
       </ext>
     </extLst>
   </connection>
 </connections>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="35">
   <si>
     <t>EJERCICIO</t>
   </si>
   <si>
     <t>CONTRATOS</t>
   </si>
   <si>
     <t>ASIS</t>
   </si>
   <si>
     <t>OBRA</t>
   </si>
   <si>
     <t>SUMI</t>
   </si>
   <si>
     <t>ABI</t>
   </si>
   <si>
     <t>DER</t>
   </si>
   <si>
     <t>MEN</t>
   </si>
   <si>
@@ -275,75 +275,87 @@
   <si>
     <t>CONTRATOS SEGÚN PROCEDIMIENTO DE LICITACION</t>
   </si>
   <si>
     <t>Abierto</t>
   </si>
   <si>
     <t>Derivados</t>
   </si>
   <si>
     <t>Menor</t>
   </si>
   <si>
     <t>OTR</t>
   </si>
   <si>
     <t>Otros</t>
   </si>
   <si>
     <t>TIPOCONTRATO</t>
   </si>
   <si>
     <t>DESC_TIPOCONTRATO</t>
   </si>
   <si>
-    <t>CONTRATATOS ABIERTOS</t>
-[...1 lines deleted...]
-  <si>
     <t>Servicios</t>
   </si>
   <si>
     <t>Obras</t>
   </si>
   <si>
     <t>Suministros</t>
   </si>
   <si>
-    <t>CONTRATACIÓN MENOR</t>
-[...7 lines deleted...]
-  <si>
     <t>Abiertos</t>
   </si>
   <si>
     <t>Menores</t>
+  </si>
+  <si>
+    <t>ABS</t>
+  </si>
+  <si>
+    <t>Abierto simplificado</t>
+  </si>
+  <si>
+    <t>ABA</t>
+  </si>
+  <si>
+    <t>Abierto simplificado abreviado</t>
+  </si>
+  <si>
+    <t>CONTRATOS ABIERTOS</t>
+  </si>
+  <si>
+    <t>CONTRATOS MENORES</t>
+  </si>
+  <si>
+    <t>CONTRATOS NEGOCIADOS SIN PUBLICIDAD</t>
+  </si>
+  <si>
+    <t>CONTRATOS DERIVADOS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;€&quot;_-;\-* #,##0.00\ &quot;€&quot;_-;_-* &quot;-&quot;??\ &quot;€&quot;_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0.00\ _€"/>
   </numFmts>
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -383,155 +395,206 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="2" applyFont="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="2" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Moneda" xfId="2" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="1" builtinId="5"/>
   </cellStyles>
-  <dxfs count="37">
+  <dxfs count="35">
     <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="14" formatCode="0.00%"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="14" formatCode="0.00%"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="#,##0.00\ _€"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="14" formatCode="0.00%"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="165" formatCode="#,##0.00\ _€"/>
+      <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
+    </dxf>
+    <dxf>
+      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
-      <numFmt numFmtId="14" formatCode="0.00%"/>
+      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
-      <font>
-[...14 lines deleted...]
-      </font>
+      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
-    </dxf>
-[...7 lines deleted...]
-      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
     </dxf>
     <dxf>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
@@ -604,75 +667,50 @@
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="14" formatCode="0.00%"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="11"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </font>
-    </dxf>
-[...23 lines deleted...]
-      <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
     <dxf>
       <numFmt numFmtId="0" formatCode="General"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
@@ -904,75 +942,101 @@
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln w="25400">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
               <a:sp3d contourW="25400">
                 <a:contourClr>
                   <a:schemeClr val="lt1"/>
                 </a:contourClr>
               </a:sp3d>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-EBEB-4661-82ED-ABE8045F6A8B}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:ln w="25400">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+              <a:sp3d contourW="25400">
+                <a:contourClr>
+                  <a:schemeClr val="lt1"/>
+                </a:contourClr>
+              </a:sp3d>
+            </c:spPr>
+          </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>TP_CONTRATOS_ABIERTOS!$C$2:$C$7</c:f>
               <c:strCache>
-                <c:ptCount val="2"/>
+                <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>Obras</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Suministros</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>TP_CONTRATOS_ABIERTOS!$E$2:$E$7</c:f>
               <c:numCache>
                 <c:formatCode>0.00%</c:formatCode>
-                <c:ptCount val="2"/>
+                <c:ptCount val="3"/>
                 <c:pt idx="0">
-                  <c:v>1.2035689806234795E-2</c:v>
+                  <c:v>7.6466224186100117E-3</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.20071764927188504</c:v>
+                  <c:v>0.37428656676298999</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0.2396796477293</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-EBEB-4661-82ED-ABE8045F6A8B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -990,58 +1054,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -1234,73 +1298,73 @@
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln w="25400">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
               <a:sp3d contourW="25400">
                 <a:contourClr>
                   <a:schemeClr val="lt1"/>
                 </a:contourClr>
               </a:sp3d>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000003-20A2-4884-9812-FBF2EF206784}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>TP_CONTRATOS_DERIVADOS!$C$2:$C$5</c:f>
+              <c:f>TP_CONTRATOS_DERIVADOS!$C$2:$C$6</c:f>
               <c:strCache>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Suministros</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>TP_CONTRATOS_DERIVADOS!$F$2:$F$5</c:f>
+              <c:f>TP_CONTRATOS_DERIVADOS!$F$2:$F$6</c:f>
               <c:numCache>
                 <c:formatCode>_("€"* #,##0.00_);_("€"* \(#,##0.00\);_("€"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
-                  <c:v>117449.22</c:v>
+                  <c:v>130203.41</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>13398.62</c:v>
+                  <c:v>99597.77</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-20A2-4884-9812-FBF2EF206784}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1318,58 +1382,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr rtl="0">
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -1552,73 +1616,73 @@
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln w="25400">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
               <a:sp3d contourW="25400">
                 <a:contourClr>
                   <a:schemeClr val="lt1"/>
                 </a:contourClr>
               </a:sp3d>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000003-4609-408B-A2A4-F772914D79FF}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>TP_CONTRATOS_DERIVADOS!$C$2:$C$5</c:f>
+              <c:f>TP_CONTRATOS_DERIVADOS!$C$2:$C$6</c:f>
               <c:strCache>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Suministros</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>TP_CONTRATOS_DERIVADOS!$H$2:$H$5</c:f>
+              <c:f>TP_CONTRATOS_DERIVADOS!$H$2:$H$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
                   <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-4609-408B-A2A4-F772914D79FF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1636,58 +1700,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr rtl="0">
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -1870,75 +1934,101 @@
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln w="25400">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
               <a:sp3d contourW="25400">
                 <a:contourClr>
                   <a:schemeClr val="lt1"/>
                 </a:contourClr>
               </a:sp3d>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000003-58C7-42DA-AE40-2AA6FEB2A4DF}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:ln w="25400">
+                <a:solidFill>
+                  <a:schemeClr val="lt1"/>
+                </a:solidFill>
+              </a:ln>
+              <a:effectLst/>
+              <a:sp3d contourW="25400">
+                <a:contourClr>
+                  <a:schemeClr val="lt1"/>
+                </a:contourClr>
+              </a:sp3d>
+            </c:spPr>
+          </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>TP_CONTRATOS_ABIERTOS!$C$2:$C$7</c:f>
               <c:strCache>
-                <c:ptCount val="2"/>
+                <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>Obras</c:v>
+                </c:pt>
+                <c:pt idx="2">
                   <c:v>Suministros</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>TP_CONTRATOS_ABIERTOS!$F$2:$F$7</c:f>
               <c:numCache>
                 <c:formatCode>_("€"* #,##0.00_);_("€"* \(#,##0.00\);_("€"* "-"??_);_(@_)</c:formatCode>
-                <c:ptCount val="2"/>
+                <c:ptCount val="3"/>
                 <c:pt idx="0">
-                  <c:v>32397.75</c:v>
+                  <c:v>22385</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>595651.54</c:v>
+                  <c:v>979305.45</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>603856.79</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-58C7-42DA-AE40-2AA6FEB2A4DF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -1956,58 +2046,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -2245,57 +2335,57 @@
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>TP_CONTRATOS_MENORES!$C$2:$C$10</c:f>
               <c:strCache>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Obras</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Suministros</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>TP_CONTRATOS_MENORES!$D$2:$D$10</c:f>
               <c:numCache>
                 <c:formatCode>_("€"* #,##0.00_);_("€"* \(#,##0.00\);_("€"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
-                  <c:v>146189.70000000001</c:v>
+                  <c:v>327491.15999999997</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>1101650.6599999999</c:v>
+                  <c:v>579143.36</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>68066.42</c:v>
+                  <c:v>63254.51</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-B76C-4127-8972-057DD1B1EE21}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2313,58 +2403,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -2604,57 +2694,57 @@
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>TP_CONTRATOS_MENORES!$C$2:$C$10</c:f>
               <c:strCache>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Obras</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Suministros</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>TP_CONTRATOS_MENORES!$F$2:$F$10</c:f>
               <c:numCache>
                 <c:formatCode>_("€"* #,##0.00_);_("€"* \(#,##0.00\);_("€"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
-                  <c:v>203370.61</c:v>
+                  <c:v>301020.64</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>986095.53</c:v>
+                  <c:v>530980.02</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>61536.73</c:v>
+                  <c:v>54189.55</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-0687-41DB-98DA-AD240F54BFEA}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -2672,58 +2762,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -2942,57 +3032,57 @@
           </c:dPt>
           <c:cat>
             <c:strRef>
               <c:f>TP_CONTRATOS_MENORES!$C$2:$C$10</c:f>
               <c:strCache>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Obras</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Suministros</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>TP_CONTRATOS_MENORES!$H$2:$H$10</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="3"/>
                 <c:pt idx="0">
-                  <c:v>43</c:v>
+                  <c:v>39</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>36</c:v>
+                  <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>18</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-2DCB-4407-BBE2-4A61C5A355FF}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -3010,58 +3100,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -3227,67 +3317,67 @@
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:ln w="25400">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
               <a:sp3d contourW="25400">
                 <a:contourClr>
                   <a:schemeClr val="lt1"/>
                 </a:contourClr>
               </a:sp3d>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-FFB7-4E66-9FE2-2A2C38A3255A}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>TP_CONTRATOS_NSP!$C$2:$C$3</c:f>
+              <c:f>TP_CONTRATOS_NSP!$C$2:$C$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>TP_CONTRATOS_NSP!$D$2:$D$3</c:f>
+              <c:f>TP_CONTRATOS_NSP!$D$2:$D$2</c:f>
               <c:numCache>
                 <c:formatCode>_("€"* #,##0.00_);_("€"* \(#,##0.00\);_("€"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>100828.38</c:v>
+                  <c:v>22832.400000000001</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-FFB7-4E66-9FE2-2A2C38A3255A}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -3305,58 +3395,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -3524,67 +3614,67 @@
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:ln w="25400">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
               <a:sp3d contourW="25400">
                 <a:contourClr>
                   <a:schemeClr val="lt1"/>
                 </a:contourClr>
               </a:sp3d>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-804D-4BB9-BA57-1620835830B5}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>TP_CONTRATOS_NSP!$C$2:$C$3</c:f>
+              <c:f>TP_CONTRATOS_NSP!$C$2:$C$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>TP_CONTRATOS_NSP!$F$2:$F$3</c:f>
+              <c:f>TP_CONTRATOS_NSP!$F$2:$F$2</c:f>
               <c:numCache>
                 <c:formatCode>_("€"* #,##0.00_);_("€"* \(#,##0.00\);_("€"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
-                  <c:v>95629.69</c:v>
+                  <c:v>18315.96</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-804D-4BB9-BA57-1620835830B5}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -3602,58 +3692,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr rtl="0">
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -3811,62 +3901,62 @@
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent1"/>
               </a:solidFill>
               <a:ln w="25400">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
               <a:sp3d contourW="25400">
                 <a:contourClr>
                   <a:schemeClr val="lt1"/>
                 </a:contourClr>
               </a:sp3d>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000001-537A-43E0-8110-C0ACF441F714}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>TP_CONTRATOS_NSP!$C$2:$C$3</c:f>
+              <c:f>TP_CONTRATOS_NSP!$C$2:$C$2</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>TP_CONTRATOS_NSP!$H$2:$H$3</c:f>
+              <c:f>TP_CONTRATOS_NSP!$H$2:$H$2</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>1</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000006-537A-43E0-8110-C0ACF441F714}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
@@ -3889,58 +3979,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr rtl="0">
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -4131,73 +4221,73 @@
             <c:bubble3D val="0"/>
             <c:spPr>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:ln w="25400">
                 <a:solidFill>
                   <a:schemeClr val="lt1"/>
                 </a:solidFill>
               </a:ln>
               <a:effectLst/>
               <a:sp3d contourW="25400">
                 <a:contourClr>
                   <a:schemeClr val="lt1"/>
                 </a:contourClr>
               </a:sp3d>
             </c:spPr>
             <c:extLst>
               <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
                 <c16:uniqueId val="{00000003-D36A-4274-9F09-8008871BE035}"/>
               </c:ext>
             </c:extLst>
           </c:dPt>
           <c:cat>
             <c:strRef>
-              <c:f>TP_CONTRATOS_DERIVADOS!$C$2:$C$5</c:f>
+              <c:f>TP_CONTRATOS_DERIVADOS!$C$2:$C$6</c:f>
               <c:strCache>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
                   <c:v>Servicios</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Suministros</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
-              <c:f>TP_CONTRATOS_DERIVADOS!$D$2:$D$5</c:f>
+              <c:f>TP_CONTRATOS_DERIVADOS!$D$2:$D$6</c:f>
               <c:numCache>
                 <c:formatCode>_("€"* #,##0.00_);_("€"* \(#,##0.00\);_("€"* "-"??_);_(@_)</c:formatCode>
                 <c:ptCount val="2"/>
                 <c:pt idx="0">
-                  <c:v>117449.22</c:v>
+                  <c:v>130203.41</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>13398.62</c:v>
+                  <c:v>99597.77</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000004-D36A-4274-9F09-8008871BE035}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
           <c:showLeaderLines val="1"/>
         </c:dLbls>
       </c:pie3DChart>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
@@ -4215,58 +4305,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-ES"/>
     </a:p>
@@ -10618,57 +10708,57 @@
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>7</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Gráfico 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{851862DA-6A0D-40D5-95D3-F1B8B0895776}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
@@ -10694,100 +10784,100 @@
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8806D13-C046-4B93-B5DA-F687F17C3013}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
-      <xdr:row>38</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>76200</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Gráfico 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{944045BC-2811-4137-AAAC-7102E5CF6EC8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>228600</xdr:colOff>
-      <xdr:row>23</xdr:row>
+      <xdr:row>24</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Gráfico 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65103A0B-10F9-4A3E-AA61-9339BC972B73}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
@@ -10813,57 +10903,57 @@
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEF05AC2-8442-4178-98C4-2D48F3D389FC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId2"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>2</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
-      <xdr:row>39</xdr:row>
+      <xdr:row>40</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="4" name="Gráfico 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAE8900A-9090-470F-A269-C6103AAE4433}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr>
           <a:graphicFrameLocks/>
         </xdr:cNvGraphicFramePr>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId3"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
@@ -10993,182 +11083,176 @@
 <file path=xl/tables/_rels/table1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/_rels/table2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable2.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/_rels/table3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable3.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/_rels/table4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable4.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/_rels/table5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable5.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/_rels/table6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/queryTable" Target="../queryTables/queryTable6.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{536C3335-8DDA-4FF8-BF57-1D48FABE359A}" name="TP_TIPOLICITACION" displayName="TP_TIPOLICITACION" ref="A1:I22" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:I22" xr:uid="{536C3335-8DDA-4FF8-BF57-1D48FABE359A}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{536C3335-8DDA-4FF8-BF57-1D48FABE359A}" name="TP_TIPOLICITACION" displayName="TP_TIPOLICITACION" ref="A1:I21" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:I21" xr:uid="{536C3335-8DDA-4FF8-BF57-1D48FABE359A}">
     <filterColumn colId="0">
       <filters>
-        <filter val="2023"/>
+        <filter val="2025"/>
       </filters>
     </filterColumn>
   </autoFilter>
   <tableColumns count="9">
     <tableColumn id="1" xr3:uid="{DF96B01C-41D3-4BDE-A40C-7A3BD925F0E7}" uniqueName="1" name="EJERCICIO" queryTableFieldId="1"/>
-    <tableColumn id="9" xr3:uid="{0D0ADA63-CE51-4D48-B84A-526C12F2ED42}" uniqueName="9" name="TIPO" queryTableFieldId="9" dataDxfId="14"/>
-[...5 lines deleted...]
-    <tableColumn id="7" xr3:uid="{289A5F9D-EEC1-4678-BE0C-E982545F98CE}" uniqueName="7" name="PORC_ADJ" queryTableFieldId="7" dataDxfId="8"/>
+    <tableColumn id="9" xr3:uid="{0D0ADA63-CE51-4D48-B84A-526C12F2ED42}" uniqueName="9" name="TIPO" queryTableFieldId="9" dataDxfId="34"/>
+    <tableColumn id="2" xr3:uid="{505D051F-172C-4134-867A-E267573DABE4}" uniqueName="2" name="TIPOCONTRATO" queryTableFieldId="2" dataDxfId="33"/>
+    <tableColumn id="3" xr3:uid="{BF6DE56C-22AF-4EED-8461-9911256528D9}" uniqueName="3" name="DESC_TIPOCONTRATO" queryTableFieldId="3" dataDxfId="32"/>
+    <tableColumn id="4" xr3:uid="{77D09EC6-B466-457C-B15A-7C974F45FCC1}" uniqueName="4" name="IMP_LIC" queryTableFieldId="4" dataDxfId="19"/>
+    <tableColumn id="5" xr3:uid="{E09337BD-94A7-4865-951A-F9EE453BBDEB}" uniqueName="5" name="PORC_LIC" queryTableFieldId="5" dataDxfId="18"/>
+    <tableColumn id="6" xr3:uid="{1FAA270D-666C-4E00-A6DA-96908CBD8EBA}" uniqueName="6" name="IMP_ADJ" queryTableFieldId="6" dataDxfId="17"/>
+    <tableColumn id="7" xr3:uid="{289A5F9D-EEC1-4678-BE0C-E982545F98CE}" uniqueName="7" name="PORC_ADJ" queryTableFieldId="7" dataDxfId="16"/>
     <tableColumn id="8" xr3:uid="{18D3440A-22AE-400E-B8AF-7603857C8DF9}" uniqueName="8" name="CONTRATOS" queryTableFieldId="8"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B94B4A54-AE6F-4D51-8E8E-C857AC5B4DAA}" name="TP_CONTRATOS_RESUMEN" displayName="TP_CONTRATOS_RESUMEN" ref="A1:H16" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:H16" xr:uid="{B94B4A54-AE6F-4D51-8E8E-C857AC5B4DAA}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{B94B4A54-AE6F-4D51-8E8E-C857AC5B4DAA}" name="TP_CONTRATOS_RESUMEN" displayName="TP_CONTRATOS_RESUMEN" ref="A1:H15" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:H15" xr:uid="{B94B4A54-AE6F-4D51-8E8E-C857AC5B4DAA}">
     <filterColumn colId="0">
       <filters>
-        <filter val="2023"/>
+        <filter val="2025"/>
       </filters>
     </filterColumn>
   </autoFilter>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{9DA8A2CB-7765-4C9B-AB7C-DC4EDC4A0886}" uniqueName="1" name="EJERCICIO" queryTableFieldId="1"/>
-    <tableColumn id="2" xr3:uid="{C1F169A2-066D-499E-9412-C42ACCD5F050}" uniqueName="2" name="TIPO" queryTableFieldId="2" dataDxfId="36"/>
-[...4 lines deleted...]
-    <tableColumn id="6" xr3:uid="{536D12D1-73D9-4C42-99FC-939AF4E5F4CF}" uniqueName="6" name="PORC_ADJ" queryTableFieldId="6" dataDxfId="25"/>
+    <tableColumn id="2" xr3:uid="{C1F169A2-066D-499E-9412-C42ACCD5F050}" uniqueName="2" name="TIPO" queryTableFieldId="2" dataDxfId="9"/>
+    <tableColumn id="3" xr3:uid="{A497572B-2A1C-4C39-B5B9-1D46F098B4E0}" uniqueName="3" name="DESC_TIPO" queryTableFieldId="3" dataDxfId="8"/>
+    <tableColumn id="5" xr3:uid="{D021FB77-561A-4637-BD28-C0B7759744BA}" uniqueName="5" name="IMP_LIC" queryTableFieldId="5" dataDxfId="7"/>
+    <tableColumn id="4" xr3:uid="{C6279A63-23E1-498A-9CE3-D8BEE5CB3843}" uniqueName="4" name="PORC_LIC" queryTableFieldId="4" dataDxfId="6" dataCellStyle="Porcentaje"/>
+    <tableColumn id="7" xr3:uid="{1EB53687-1688-4F63-AE19-31692B12658F}" uniqueName="7" name="IMP_ADJ" queryTableFieldId="7" dataDxfId="5"/>
+    <tableColumn id="6" xr3:uid="{536D12D1-73D9-4C42-99FC-939AF4E5F4CF}" uniqueName="6" name="PORC_ADJ" queryTableFieldId="6" dataDxfId="4"/>
     <tableColumn id="8" xr3:uid="{DA2D3038-62C2-4FE4-99C2-53D8230B8F46}" uniqueName="8" name="CONTRATOS" queryTableFieldId="9"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{2AD712B9-E477-4239-97BE-AE280AC3C06C}" name="TP_CONTRATOS_ABIERTOS" displayName="TP_CONTRATOS_ABIERTOS" ref="A1:H7" tableType="queryTable" totalsRowShown="0">
   <autoFilter ref="A1:H7" xr:uid="{2AD712B9-E477-4239-97BE-AE280AC3C06C}">
     <filterColumn colId="0">
       <filters>
-        <filter val="2023"/>
+        <filter val="2025"/>
       </filters>
     </filterColumn>
   </autoFilter>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{C5DBB730-B1AD-43AB-B7BE-4C080F777669}" uniqueName="1" name="EJERCICIO" queryTableFieldId="1"/>
-    <tableColumn id="4" xr3:uid="{B039A4D3-45DB-4286-84CF-BDB8154FDCA3}" uniqueName="4" name="TIPOCONTRATO" queryTableFieldId="4" dataDxfId="24"/>
-[...4 lines deleted...]
-    <tableColumn id="9" xr3:uid="{EE6E1CEF-2644-4134-A964-10837D972D0B}" uniqueName="9" name="PORC_ADJ" queryTableFieldId="9" dataDxfId="19" dataCellStyle="Porcentaje"/>
+    <tableColumn id="4" xr3:uid="{B039A4D3-45DB-4286-84CF-BDB8154FDCA3}" uniqueName="4" name="TIPOCONTRATO" queryTableFieldId="4" dataDxfId="31"/>
+    <tableColumn id="5" xr3:uid="{9D67C211-354F-4E6D-9780-8BCCDA69F19B}" uniqueName="5" name="DESC_TIPOCONTRATO" queryTableFieldId="5" dataDxfId="30"/>
+    <tableColumn id="6" xr3:uid="{2CC2121B-FCA5-424B-BB12-2410E5210544}" uniqueName="6" name="IMP_LIC" queryTableFieldId="6" dataDxfId="27" dataCellStyle="Moneda"/>
+    <tableColumn id="7" xr3:uid="{C984783C-1B02-4FE2-A0AF-64A6D5E83E3B}" uniqueName="7" name="PORC_LIC" queryTableFieldId="7" dataDxfId="26" dataCellStyle="Porcentaje"/>
+    <tableColumn id="8" xr3:uid="{572D6926-D19C-4D71-9F21-958799BF331E}" uniqueName="8" name="IMP_ADJ" queryTableFieldId="8" dataDxfId="25" dataCellStyle="Moneda"/>
+    <tableColumn id="9" xr3:uid="{EE6E1CEF-2644-4134-A964-10837D972D0B}" uniqueName="9" name="PORC_ADJ" queryTableFieldId="9" dataDxfId="24" dataCellStyle="Porcentaje"/>
     <tableColumn id="10" xr3:uid="{FB018A4F-8954-4D98-855E-AD62AA344A60}" uniqueName="10" name="CONTRATOS" queryTableFieldId="10"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
 <table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{22A9C1F2-CFAE-4E41-B06B-D94FB03DFD39}" name="TP_CONTRATOS_MENORES" displayName="TP_CONTRATOS_MENORES" ref="A1:H10" tableType="queryTable" totalsRowShown="0">
   <autoFilter ref="A1:H10" xr:uid="{22A9C1F2-CFAE-4E41-B06B-D94FB03DFD39}">
     <filterColumn colId="0">
       <filters>
-        <filter val="2023"/>
+        <filter val="2025"/>
       </filters>
     </filterColumn>
   </autoFilter>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{35FAD358-2684-435C-990F-35AE8094BBCE}" uniqueName="1" name="EJERCICIO" queryTableFieldId="1"/>
-    <tableColumn id="2" xr3:uid="{496A8638-F361-42F9-BE3E-FDBAFC0F09CE}" uniqueName="2" name="TIPOCONTRATO" queryTableFieldId="2" dataDxfId="34"/>
-[...4 lines deleted...]
-    <tableColumn id="7" xr3:uid="{CEF59546-CD6D-40BD-8554-2D4586A4A904}" uniqueName="7" name="PORC_ADJ" queryTableFieldId="7" dataDxfId="15" dataCellStyle="Porcentaje"/>
+    <tableColumn id="2" xr3:uid="{496A8638-F361-42F9-BE3E-FDBAFC0F09CE}" uniqueName="2" name="TIPOCONTRATO" queryTableFieldId="2" dataDxfId="29"/>
+    <tableColumn id="3" xr3:uid="{EEA881D6-ADA5-4BC7-AEAE-CEABE9A11AE3}" uniqueName="3" name="DESC_TIPOCONTRATO" queryTableFieldId="3" dataDxfId="28"/>
+    <tableColumn id="4" xr3:uid="{AB64C153-98CA-48D7-B6E4-C3D9B5082BCA}" uniqueName="4" name="IMP_LIC" queryTableFieldId="4" dataDxfId="23" dataCellStyle="Moneda"/>
+    <tableColumn id="5" xr3:uid="{84F2000F-B619-48DB-A17B-55AD18C7D9D7}" uniqueName="5" name="PORC_LIC" queryTableFieldId="5" dataDxfId="22" dataCellStyle="Porcentaje"/>
+    <tableColumn id="6" xr3:uid="{920169EA-CBC6-4A80-BED9-468798F2D1C5}" uniqueName="6" name="IMP_ADJ" queryTableFieldId="6" dataDxfId="21" dataCellStyle="Moneda"/>
+    <tableColumn id="7" xr3:uid="{CEF59546-CD6D-40BD-8554-2D4586A4A904}" uniqueName="7" name="PORC_ADJ" queryTableFieldId="7" dataDxfId="20" dataCellStyle="Porcentaje"/>
     <tableColumn id="8" xr3:uid="{DAF1E407-5B0C-4DF8-8680-17955D9CFC93}" uniqueName="8" name="CONTRATOS" queryTableFieldId="8"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{77145995-3C5E-4025-9D5B-46D4E172403F}" name="TP_CONTRATOS_NSP" displayName="TP_CONTRATOS_NSP" ref="A1:H3" tableType="queryTable" totalsRowShown="0">
-[...6 lines deleted...]
-  </autoFilter>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="5" xr:uid="{77145995-3C5E-4025-9D5B-46D4E172403F}" name="TP_CONTRATOS_NSP" displayName="TP_CONTRATOS_NSP" ref="A1:H2" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:H2" xr:uid="{77145995-3C5E-4025-9D5B-46D4E172403F}"/>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{AF8BAF93-EB2E-4CCA-8F2D-EDFA45DC3996}" uniqueName="1" name="EJERCICIO" queryTableFieldId="1"/>
-    <tableColumn id="2" xr3:uid="{164B3C76-DC68-4F5C-A9BE-A3073CCC7904}" uniqueName="2" name="TIPOCONTRATO" queryTableFieldId="2" dataDxfId="32"/>
-[...4 lines deleted...]
-    <tableColumn id="7" xr3:uid="{6CD4E822-1D17-4CA6-BE18-2E2634B63350}" uniqueName="7" name="PORC_ADJ" queryTableFieldId="7" dataDxfId="4" dataCellStyle="Porcentaje"/>
+    <tableColumn id="2" xr3:uid="{164B3C76-DC68-4F5C-A9BE-A3073CCC7904}" uniqueName="2" name="TIPOCONTRATO" queryTableFieldId="2"/>
+    <tableColumn id="3" xr3:uid="{C3DC3D84-B2D0-4274-8431-F5272A602585}" uniqueName="3" name="DESC_TIPOCONTRATO" queryTableFieldId="3"/>
+    <tableColumn id="4" xr3:uid="{4DBB700F-42E9-4B47-B959-BD18E6755E4F}" uniqueName="4" name="IMP_LIC" queryTableFieldId="4" dataDxfId="3" dataCellStyle="Moneda"/>
+    <tableColumn id="5" xr3:uid="{B9407834-3249-420E-8B71-59FD95362DF6}" uniqueName="5" name="PORC_LIC" queryTableFieldId="5" dataDxfId="2" dataCellStyle="Porcentaje"/>
+    <tableColumn id="6" xr3:uid="{AE688575-0E67-4C64-A4DA-EFB729AE4729}" uniqueName="6" name="IMP_ADJ" queryTableFieldId="6" dataDxfId="1" dataCellStyle="Moneda"/>
+    <tableColumn id="7" xr3:uid="{6CD4E822-1D17-4CA6-BE18-2E2634B63350}" uniqueName="7" name="PORC_ADJ" queryTableFieldId="7" dataDxfId="0" dataCellStyle="Porcentaje"/>
     <tableColumn id="8" xr3:uid="{D2B32140-5301-4007-BC60-FF391780E151}" uniqueName="8" name="CONTRATOS" queryTableFieldId="8"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table6.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{7969239B-4232-44E8-8238-2EC32C383FBD}" name="TP_CONTRATOS_DERIVADOS__2" displayName="TP_CONTRATOS_DERIVADOS__2" ref="A1:H5" tableType="queryTable" totalsRowShown="0">
-  <autoFilter ref="A1:H5" xr:uid="{7969239B-4232-44E8-8238-2EC32C383FBD}">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{7969239B-4232-44E8-8238-2EC32C383FBD}" name="TP_CONTRATOS_DERIVADOS__2" displayName="TP_CONTRATOS_DERIVADOS__2" ref="A1:H6" tableType="queryTable" totalsRowShown="0">
+  <autoFilter ref="A1:H6" xr:uid="{7969239B-4232-44E8-8238-2EC32C383FBD}">
     <filterColumn colId="0">
       <filters>
-        <filter val="2024"/>
+        <filter val="2025"/>
       </filters>
     </filterColumn>
   </autoFilter>
   <tableColumns count="8">
     <tableColumn id="1" xr3:uid="{63CD26FC-E7D9-4C85-9D26-73DFAD3BA1D9}" uniqueName="1" name="EJERCICIO" queryTableFieldId="1"/>
-    <tableColumn id="2" xr3:uid="{80D0BF51-4A1B-4795-94D5-C41900556259}" uniqueName="2" name="TIPOCONTRATO" queryTableFieldId="2" dataDxfId="30"/>
-[...4 lines deleted...]
-    <tableColumn id="7" xr3:uid="{E3057F50-2CE9-41C3-A5C7-4A3D8E081FAA}" uniqueName="7" name="PORC_ADJ" queryTableFieldId="7" dataDxfId="0" dataCellStyle="Porcentaje"/>
+    <tableColumn id="2" xr3:uid="{80D0BF51-4A1B-4795-94D5-C41900556259}" uniqueName="2" name="TIPOCONTRATO" queryTableFieldId="2" dataDxfId="15"/>
+    <tableColumn id="3" xr3:uid="{155E1F71-F689-413C-AA7F-FCB2A52288C2}" uniqueName="3" name="DESC_TIPOCONTRATO" queryTableFieldId="3" dataDxfId="14"/>
+    <tableColumn id="4" xr3:uid="{68A946C2-80AF-4773-81A0-8EF521B506A6}" uniqueName="4" name="IMP_LIC" queryTableFieldId="4" dataDxfId="13" dataCellStyle="Moneda"/>
+    <tableColumn id="5" xr3:uid="{DBD6091F-7E81-4F0C-B39D-E793A20BA27C}" uniqueName="5" name="PORC_LIC" queryTableFieldId="5" dataDxfId="12" dataCellStyle="Porcentaje"/>
+    <tableColumn id="6" xr3:uid="{75F523BB-AFF6-4EE9-94AE-31A4171DD186}" uniqueName="6" name="IMP_ADJ" queryTableFieldId="6" dataDxfId="11" dataCellStyle="Moneda"/>
+    <tableColumn id="7" xr3:uid="{E3057F50-2CE9-41C3-A5C7-4A3D8E081FAA}" uniqueName="7" name="PORC_ADJ" queryTableFieldId="7" dataDxfId="10" dataCellStyle="Porcentaje"/>
     <tableColumn id="8" xr3:uid="{63377436-E9CE-40B8-9009-13E70A53E952}" uniqueName="8" name="CONTRATOS" queryTableFieldId="8"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - Tema de 2022">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -11452,1984 +11536,1915 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2EE1481A-F70F-4C56-862A-200E90D09EB4}">
-  <dimension ref="A1:I25"/>
+  <dimension ref="A1:I24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="I28" sqref="I28"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="13.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="13.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="C1" t="s">
         <v>20</v>
       </c>
       <c r="D1" t="s">
         <v>21</v>
       </c>
       <c r="E1" t="s">
         <v>10</v>
       </c>
       <c r="F1" t="s">
         <v>11</v>
       </c>
       <c r="G1" t="s">
         <v>12</v>
       </c>
       <c r="H1" t="s">
         <v>13</v>
       </c>
       <c r="I1" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>2025</v>
       </c>
-      <c r="B2" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="10" t="s">
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
         <v>4</v>
       </c>
-      <c r="D2" s="10" t="s">
-        <v>25</v>
+      <c r="D2" t="s">
+        <v>24</v>
       </c>
       <c r="E2" s="1">
-        <v>400381.07</v>
+        <v>710844.32</v>
       </c>
       <c r="F2" s="9">
-        <v>0.42149523746289519</v>
+        <v>0.2396796477293</v>
       </c>
       <c r="G2" s="1">
-        <v>358291.16</v>
+        <v>603856.79</v>
       </c>
       <c r="H2" s="9">
-        <v>0.43115160305772127</v>
+        <v>0.22750645328729038</v>
       </c>
       <c r="I2">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
-    <row r="3" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2025</v>
       </c>
-      <c r="B3" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="10" t="s">
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
         <v>3</v>
       </c>
-      <c r="D3" s="10" t="s">
-        <v>24</v>
+      <c r="D3" t="s">
+        <v>23</v>
       </c>
       <c r="E3" s="1">
-        <v>179472.02</v>
+        <v>1110062.8799999999</v>
       </c>
       <c r="F3" s="9">
-        <v>0.1889365091307775</v>
+        <v>0.37428656676298999</v>
       </c>
       <c r="G3" s="1">
-        <v>134604.01999999999</v>
+        <v>979305.45</v>
       </c>
       <c r="H3" s="9">
-        <v>0.1619764746666191</v>
+        <v>0.36895885465561112</v>
       </c>
       <c r="I3">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A4">
+        <v>2025</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" s="1">
+        <v>22678.43</v>
+      </c>
+      <c r="F4" s="9">
+        <v>7.6466224186100117E-3</v>
+      </c>
+      <c r="G4" s="1">
+        <v>22385</v>
+      </c>
+      <c r="H4" s="9">
+        <v>8.433675071925573E-3</v>
+      </c>
+      <c r="I4">
         <v>1</v>
-      </c>
-[...27 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A5">
-        <v>2024</v>
-[...8 lines deleted...]
-        <v>24</v>
+        <v>2026</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D5" t="s">
+        <v>22</v>
       </c>
       <c r="E5" s="1">
-        <v>448437.85</v>
+        <v>42713</v>
       </c>
       <c r="F5" s="9">
-        <v>3.9728274838595937E-2</v>
+        <v>9.1430696354147203E-2</v>
       </c>
       <c r="G5" s="1">
-        <v>289086.82</v>
+        <v>17424</v>
       </c>
       <c r="H5" s="9">
-        <v>3.3404164329173702E-2</v>
+        <v>3.7617199955171973E-2</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>2023</v>
-[...4 lines deleted...]
-      <c r="C6" s="10" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B6" t="s">
+        <v>25</v>
+      </c>
+      <c r="C6" t="s">
+        <v>3</v>
+      </c>
+      <c r="D6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E6" s="1">
+        <v>299922.12</v>
+      </c>
+      <c r="F6" s="9">
+        <v>0.64200801356992254</v>
+      </c>
+      <c r="G6" s="1">
+        <v>299262.25</v>
+      </c>
+      <c r="H6" s="9">
+        <v>0.64608631182763221</v>
+      </c>
+      <c r="I6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A7">
+        <v>2024</v>
+      </c>
+      <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" t="s">
         <v>2</v>
       </c>
-      <c r="D6" s="10" t="s">
-[...15 lines deleted...]
-        <v>3</v>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" s="1">
+        <v>153064.35999999999</v>
+      </c>
+      <c r="F7" s="9">
+        <v>0.1697620481011376</v>
+      </c>
+      <c r="G7" s="1">
+        <v>125786.89</v>
+      </c>
+      <c r="H7" s="9">
+        <v>0.15264630853291511</v>
+      </c>
+      <c r="I7">
+        <v>6</v>
       </c>
     </row>
-    <row r="7" spans="1:9" x14ac:dyDescent="0.25">
-[...28 lines deleted...]
-    <row r="8" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A8">
         <v>2025</v>
       </c>
-      <c r="B8" s="10" t="s">
+      <c r="B8" t="s">
         <v>16</v>
       </c>
-      <c r="C8" s="10" t="s">
+      <c r="C8" t="s">
+        <v>4</v>
+      </c>
+      <c r="D8" t="s">
+        <v>24</v>
+      </c>
+      <c r="E8" s="1">
+        <v>99597.77</v>
+      </c>
+      <c r="F8" s="9">
+        <v>3.3581978158345335E-2</v>
+      </c>
+      <c r="G8" s="1">
+        <v>99597.77</v>
+      </c>
+      <c r="H8" s="9">
+        <v>3.7524021892712825E-2</v>
+      </c>
+      <c r="I8">
         <v>2</v>
       </c>
-      <c r="D8" s="10" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
-    <row r="9" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A9">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="B9" s="10" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B9" t="s">
         <v>16</v>
       </c>
-      <c r="C9" s="10" t="s">
+      <c r="C9" t="s">
         <v>2</v>
       </c>
-      <c r="D9" s="10" t="s">
-        <v>23</v>
+      <c r="D9" t="s">
+        <v>22</v>
       </c>
       <c r="E9" s="1">
-        <v>117449.22</v>
+        <v>130203.41</v>
       </c>
       <c r="F9" s="9">
-        <v>1.040513170718912E-2</v>
+        <v>4.3901465572593473E-2</v>
       </c>
       <c r="G9" s="1">
-        <v>117449.22</v>
+        <v>130203.41</v>
       </c>
       <c r="H9" s="9">
-        <v>1.357133142636276E-2</v>
+        <v>4.9054869474947721E-2</v>
       </c>
       <c r="I9">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A10">
+        <v>2026</v>
+      </c>
+      <c r="B10" t="s">
+        <v>16</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2</v>
+      </c>
+      <c r="D10" t="s">
+        <v>22</v>
+      </c>
+      <c r="E10" s="1">
+        <v>118930.35</v>
+      </c>
+      <c r="F10" s="9">
+        <v>0.25458021487936811</v>
+      </c>
+      <c r="G10" s="1">
+        <v>118930.35</v>
+      </c>
+      <c r="H10" s="9">
+        <v>0.2567623253379584</v>
+      </c>
+      <c r="I10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A11">
         <v>2024</v>
       </c>
-      <c r="B10" s="10" t="s">
+      <c r="B11" t="s">
         <v>16</v>
       </c>
-      <c r="C10" s="10" t="s">
-[...28 lines deleted...]
-      <c r="C11" s="10" t="s">
+      <c r="C11" t="s">
         <v>2</v>
       </c>
-      <c r="D11" s="10" t="s">
-        <v>23</v>
+      <c r="D11" t="s">
+        <v>22</v>
       </c>
       <c r="E11" s="1">
-        <v>1173295.27</v>
+        <v>115753.02</v>
       </c>
       <c r="F11" s="9">
-        <v>0.35662622835784052</v>
+        <v>0.128380439111312</v>
       </c>
       <c r="G11" s="1">
-        <v>1173295.27</v>
+        <v>115753.02</v>
       </c>
       <c r="H11" s="9">
-        <v>0.37271403992923557</v>
+        <v>0.14046989479218935</v>
       </c>
       <c r="I11">
-        <v>38</v>
+        <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A12">
-        <v>2025</v>
-[...4 lines deleted...]
-      <c r="C12" s="10" t="s">
+        <v>2024</v>
+      </c>
+      <c r="B12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" t="s">
         <v>4</v>
       </c>
-      <c r="D12" s="10" t="s">
-        <v>25</v>
+      <c r="D12" t="s">
+        <v>24</v>
       </c>
       <c r="E12" s="1">
-        <v>18710.38</v>
+        <v>13398.62</v>
       </c>
       <c r="F12" s="9">
-        <v>1.9697075241646676E-2</v>
+        <v>1.4860266445623684E-2</v>
       </c>
       <c r="G12" s="1">
-        <v>16631.849999999999</v>
+        <v>13398.62</v>
       </c>
       <c r="H12" s="9">
-        <v>2.0014026551242743E-2</v>
+        <v>1.6259642657794362E-2</v>
       </c>
       <c r="I12">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
-    <row r="13" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A13">
         <v>2025</v>
       </c>
-      <c r="B13" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D13" s="10" t="s">
+      <c r="B13" t="s">
+        <v>26</v>
+      </c>
+      <c r="C13" t="s">
+        <v>4</v>
+      </c>
+      <c r="D13" t="s">
         <v>24</v>
       </c>
       <c r="E13" s="1">
-        <v>205084.33</v>
+        <v>63254.51</v>
       </c>
       <c r="F13" s="9">
-        <v>0.21589948888759589</v>
+        <v>2.1327902956430014E-2</v>
       </c>
       <c r="G13" s="1">
-        <v>191020.51</v>
+        <v>54189.55</v>
       </c>
       <c r="H13" s="9">
-        <v>0.22986556269879357</v>
+        <v>2.0416218762290123E-2</v>
       </c>
       <c r="I13">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
-    <row r="14" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A14">
         <v>2025</v>
       </c>
-      <c r="B14" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="10" t="s">
+      <c r="B14" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" t="s">
+        <v>3</v>
+      </c>
+      <c r="D14" t="s">
+        <v>23</v>
+      </c>
+      <c r="E14" s="1">
+        <v>579143.36</v>
+      </c>
+      <c r="F14" s="9">
+        <v>0.19527324423097756</v>
+      </c>
+      <c r="G14" s="1">
+        <v>530980.02</v>
+      </c>
+      <c r="H14" s="9">
+        <v>0.20004971893520401</v>
+      </c>
+      <c r="I14">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>2025</v>
+      </c>
+      <c r="B15" t="s">
+        <v>26</v>
+      </c>
+      <c r="C15" t="s">
         <v>2</v>
       </c>
-      <c r="D14" s="10" t="s">
-[...29 lines deleted...]
-        <v>23</v>
+      <c r="D15" t="s">
+        <v>22</v>
       </c>
       <c r="E15" s="1">
-        <v>249018.22</v>
+        <v>327491.15999999997</v>
       </c>
       <c r="F15" s="9">
-        <v>2.2061171428722947E-2</v>
+        <v>0.11042216087941706</v>
       </c>
       <c r="G15" s="1">
-        <v>235812.89</v>
+        <v>301020.64</v>
       </c>
       <c r="H15" s="9">
-        <v>2.7248328126814506E-2</v>
+        <v>0.11341122482479704</v>
       </c>
       <c r="I15">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="16" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A16">
-        <v>2024</v>
-[...8 lines deleted...]
-        <v>25</v>
+        <v>2026</v>
+      </c>
+      <c r="B16" t="s">
+        <v>26</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2</v>
+      </c>
+      <c r="D16" t="s">
+        <v>22</v>
       </c>
       <c r="E16" s="1">
-        <v>60469.61</v>
+        <v>1210</v>
       </c>
       <c r="F16" s="9">
-        <v>5.357159939694451E-3</v>
+        <v>2.5901047125820738E-3</v>
       </c>
       <c r="G16" s="1">
-        <v>52297.63</v>
+        <v>1210</v>
       </c>
       <c r="H16" s="9">
-        <v>6.0430241217718766E-3</v>
+        <v>2.6123055524424981E-3</v>
       </c>
       <c r="I16">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A17">
+        <v>2026</v>
+      </c>
+      <c r="B17" t="s">
+        <v>26</v>
+      </c>
+      <c r="C17" t="s">
+        <v>3</v>
+      </c>
+      <c r="D17" t="s">
+        <v>23</v>
+      </c>
+      <c r="E17" s="1">
+        <v>30937.61</v>
+      </c>
+      <c r="F17" s="9">
+        <v>6.6224503683492794E-2</v>
+      </c>
+      <c r="G17" s="1">
+        <v>28150.14</v>
+      </c>
+      <c r="H17" s="9">
+        <v>6.0774187623168316E-2</v>
+      </c>
+      <c r="I17">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A18">
+        <v>2026</v>
+      </c>
+      <c r="B18" t="s">
+        <v>26</v>
+      </c>
+      <c r="C18" t="s">
+        <v>4</v>
+      </c>
+      <c r="D18" t="s">
+        <v>24</v>
+      </c>
+      <c r="E18" s="1">
+        <v>16162.5</v>
+      </c>
+      <c r="F18" s="9">
+        <v>3.4597163154634514E-2</v>
+      </c>
+      <c r="G18" s="1">
+        <v>15639.63</v>
+      </c>
+      <c r="H18" s="9">
+        <v>3.3764869658798567E-2</v>
+      </c>
+      <c r="I18">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A19">
         <v>2024</v>
       </c>
-      <c r="B17" s="10" t="s">
-[...5 lines deleted...]
-      <c r="D17" s="10" t="s">
+      <c r="B19" t="s">
+        <v>26</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2</v>
+      </c>
+      <c r="D19" t="s">
+        <v>22</v>
+      </c>
+      <c r="E19" s="1">
+        <v>249018.22</v>
+      </c>
+      <c r="F19" s="9">
+        <v>0.27618345016240009</v>
+      </c>
+      <c r="G19" s="1">
+        <v>234905.39</v>
+      </c>
+      <c r="H19" s="9">
+        <v>0.28506500667903273</v>
+      </c>
+      <c r="I19">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A20">
+        <v>2024</v>
+      </c>
+      <c r="B20" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" t="s">
+        <v>4</v>
+      </c>
+      <c r="D20" t="s">
         <v>24</v>
       </c>
-      <c r="E17" s="1">
-[...85 lines deleted...]
-      </c>
       <c r="E20" s="1">
-        <v>1101650.6599999999</v>
+        <v>60469.61</v>
       </c>
       <c r="F20" s="9">
-        <v>0.33484965795841459</v>
+        <v>6.706619909087283E-2</v>
       </c>
       <c r="G20" s="1">
-        <v>986095.53</v>
+        <v>52297.63</v>
       </c>
       <c r="H20" s="9">
-        <v>0.31324736248400686</v>
+        <v>6.3464802766967504E-2</v>
       </c>
       <c r="I20">
-        <v>36</v>
+        <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:9" hidden="1" x14ac:dyDescent="0.25">
       <c r="A21">
         <v>2024</v>
       </c>
-      <c r="B21" s="10" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="10" t="s">
+      <c r="B21" t="s">
+        <v>26</v>
+      </c>
+      <c r="C21" t="s">
         <v>3</v>
       </c>
-      <c r="D21" s="10" t="s">
-        <v>24</v>
+      <c r="D21" t="s">
+        <v>23</v>
       </c>
       <c r="E21" s="1">
-        <v>154452</v>
+        <v>309936.8</v>
       </c>
       <c r="F21" s="9">
-        <v>1.3683304175530275E-2</v>
+        <v>0.34374759708865382</v>
       </c>
       <c r="G21" s="1">
-        <v>137184.26999999999</v>
+        <v>281899.93</v>
       </c>
       <c r="H21" s="9">
-        <v>1.585172889742166E-2</v>
+        <v>0.34209434457110094</v>
       </c>
       <c r="I21">
-        <v>1</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="A22">
-[...25 lines deleted...]
-      </c>
+      <c r="G22" s="1"/>
+      <c r="H22" s="9"/>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.25">
       <c r="G23" s="1"/>
       <c r="H23" s="9"/>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.25">
-      <c r="G24" s="1"/>
       <c r="H24" s="9"/>
-    </row>
-[...1 lines deleted...]
-      <c r="H25" s="9"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8BFA9932-1262-4D96-8C10-A0C837BEBBA8}">
-  <dimension ref="A1:M16"/>
+  <dimension ref="A1:M15"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="G8" sqref="G8"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="G10" sqref="G10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.42578125" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="23.42578125" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="14.140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="28.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13.140625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>8</v>
       </c>
       <c r="C1" t="s">
         <v>9</v>
       </c>
       <c r="D1" t="s">
         <v>10</v>
       </c>
       <c r="E1" t="s">
         <v>11</v>
       </c>
       <c r="F1" t="s">
         <v>12</v>
       </c>
       <c r="G1" t="s">
         <v>13</v>
       </c>
       <c r="H1" t="s">
         <v>1</v>
       </c>
       <c r="M1" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="2" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A2">
-        <v>2025</v>
-[...5 lines deleted...]
-        <v>16</v>
+        <v>2026</v>
+      </c>
+      <c r="B2" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C2" s="10" t="s">
+        <v>17</v>
       </c>
       <c r="D2" s="8">
-        <v>7562.36</v>
+        <v>48310.11</v>
       </c>
       <c r="E2" s="2">
-        <v>7.9363766710094617E-3</v>
+        <v>9.4748820879007378E-2</v>
       </c>
       <c r="F2" s="8">
-        <v>7562.36</v>
+        <v>44999.77</v>
       </c>
       <c r="G2" s="2">
-        <v>7.6572454460974064E-3</v>
+        <v>9.3590345104098679E-2</v>
       </c>
       <c r="H2">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A3">
-        <v>2025</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>2026</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>15</v>
       </c>
       <c r="D3" s="8">
-        <v>362491.06</v>
+        <v>299922.12</v>
       </c>
       <c r="E3" s="2">
-        <v>0.38041902157970414</v>
+        <v>0.5882260923341337</v>
       </c>
       <c r="F3" s="8">
-        <v>330552.15000000002</v>
+        <v>299262.25</v>
       </c>
       <c r="G3" s="2">
-        <v>0.33469961034454943</v>
+        <v>0.62240445349229689</v>
       </c>
       <c r="H3">
-        <v>30</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A4">
-        <v>2025</v>
-[...12 lines deleted...]
-      </c>
+        <v>2026</v>
+      </c>
+      <c r="B4" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C4" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D4" s="8"/>
+      <c r="E4" s="2"/>
       <c r="F4" s="8">
-        <v>492895.18</v>
+        <v>200</v>
       </c>
       <c r="G4" s="2">
-        <v>0.49907956940139869</v>
+        <v>4.1595921536531714E-4</v>
       </c>
       <c r="H4">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A5">
-        <v>2025</v>
-[...5 lines deleted...]
-        <v>19</v>
+        <v>2026</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C5" s="10" t="s">
+        <v>16</v>
       </c>
       <c r="D5" s="8">
-        <v>2966.61</v>
+        <v>118930.35</v>
       </c>
       <c r="E5" s="2">
-        <v>3.1133316049465221E-3</v>
+        <v>0.23325366945402642</v>
       </c>
       <c r="F5" s="8">
-        <v>156598.72</v>
+        <v>118930.35</v>
       </c>
       <c r="G5" s="2">
-        <v>0.15856357480795449</v>
+        <v>0.2473508753456127</v>
       </c>
       <c r="H5">
-        <v>9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>2024</v>
-[...1 lines deleted...]
-      <c r="B6" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" s="6">
+        <v>42713</v>
+      </c>
+      <c r="E6" s="2">
+        <v>8.3771417332832457E-2</v>
+      </c>
+      <c r="F6" s="6">
+        <v>17424</v>
+      </c>
+      <c r="G6" s="7">
+        <v>3.6238366842626428E-2</v>
+      </c>
+      <c r="H6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7">
+        <v>2025</v>
+      </c>
+      <c r="B7" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C7" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7" s="6">
+        <v>229801.18</v>
+      </c>
+      <c r="E7" s="2">
+        <v>7.5015668825529055E-2</v>
+      </c>
+      <c r="F7" s="6">
+        <v>229801.18</v>
+      </c>
+      <c r="G7" s="7">
+        <v>7.7800643307803646E-2</v>
+      </c>
+      <c r="H7">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8">
+        <v>2025</v>
+      </c>
+      <c r="B8" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="C8" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="6">
+        <v>969889.03</v>
+      </c>
+      <c r="E8" s="2">
+        <v>0.31660792286616463</v>
+      </c>
+      <c r="F8" s="6">
+        <v>886190.21</v>
+      </c>
+      <c r="G8" s="7">
+        <v>0.30002530200705502</v>
+      </c>
+      <c r="H8">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9">
+        <v>2025</v>
+      </c>
+      <c r="B9" s="10" t="s">
         <v>5</v>
       </c>
-      <c r="C6" t="s">
+      <c r="C9" s="10" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="6">
-[...12 lines deleted...]
-        <v>21</v>
+      <c r="D9" s="6">
+        <v>1766119.89</v>
+      </c>
+      <c r="E9" s="2">
+        <v>0.57652734757245283</v>
+      </c>
+      <c r="F9" s="6">
+        <v>1538248.88</v>
+      </c>
+      <c r="G9" s="7">
+        <v>0.52078388993262981</v>
+      </c>
+      <c r="H9">
+        <v>18</v>
       </c>
     </row>
-    <row r="7" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
-[...77 lines deleted...]
-    <row r="10" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A10">
-        <v>2024</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>2025</v>
+      </c>
+      <c r="B10" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" s="10" t="s">
+        <v>30</v>
       </c>
       <c r="D10" s="6">
-        <v>154452</v>
+        <v>77465.740000000005</v>
       </c>
       <c r="E10" s="2">
-        <v>1.3671473996565152E-2</v>
+        <v>2.5287704341485709E-2</v>
       </c>
       <c r="F10" s="6">
-        <v>137184.26999999999</v>
+        <v>67298.36</v>
       </c>
       <c r="G10" s="7">
-        <v>1.4261107757183438E-2</v>
+        <v>2.2784285535697252E-2</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A11">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="B11" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B11" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C11" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="6">
+        <v>20099.900000000001</v>
+      </c>
+      <c r="E11" s="2">
+        <v>6.5613563943677372E-3</v>
+      </c>
+      <c r="F11" s="6">
+        <v>232179.62</v>
+      </c>
+      <c r="G11" s="7">
+        <v>7.8605879216814264E-2</v>
+      </c>
+      <c r="H11">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A12">
+        <v>2024</v>
+      </c>
+      <c r="B12" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" s="6">
+        <v>153064.35999999999</v>
+      </c>
+      <c r="E12" s="2">
+        <v>0.16794273984993022</v>
+      </c>
+      <c r="F12" s="6">
+        <v>125786.89</v>
+      </c>
+      <c r="G12" s="7">
+        <v>7.0299713099213124E-2</v>
+      </c>
+      <c r="H12">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A13">
+        <v>2024</v>
+      </c>
+      <c r="B13" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" s="10" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" s="6">
+        <v>129151.64</v>
+      </c>
+      <c r="E13" s="2">
+        <v>0.14170562159415714</v>
+      </c>
+      <c r="F13" s="6">
+        <v>129151.64</v>
+      </c>
+      <c r="G13" s="7">
+        <v>7.2180202867666562E-2</v>
+      </c>
+      <c r="H13">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A14">
+        <v>2024</v>
+      </c>
+      <c r="B14" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="C14" s="10" t="s">
+        <v>19</v>
+      </c>
+      <c r="D14" s="6">
+        <v>9767.39</v>
+      </c>
+      <c r="E14" s="2">
+        <v>1.0716813749345765E-2</v>
+      </c>
+      <c r="F14" s="6">
+        <v>965253.02</v>
+      </c>
+      <c r="G14" s="7">
+        <v>0.5394601168225801</v>
+      </c>
+      <c r="H14">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A15">
+        <v>2024</v>
+      </c>
+      <c r="B15" s="10" t="s">
         <v>7</v>
       </c>
-      <c r="C11" t="s">
+      <c r="C15" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="D11" s="6">
-[...102 lines deleted...]
-      </c>
       <c r="D15" s="6">
-        <v>100828.38</v>
+        <v>619424.63</v>
       </c>
       <c r="E15" s="2">
-        <v>2.598123285334766E-2</v>
+        <v>0.6796348248065669</v>
       </c>
       <c r="F15" s="6">
-        <v>95629.69</v>
+        <v>569102.94999999995</v>
       </c>
       <c r="G15" s="7">
-        <v>5.2075808379361049E-3</v>
+        <v>0.31805996721054025</v>
       </c>
       <c r="H15">
-        <v>1</v>
-[...21 lines deleted...]
-        <v>2</v>
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2A62A866-48BC-4819-8ED9-10A1A007681C}">
   <dimension ref="A1:L7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="L2" sqref="L2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="14.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="13" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.140625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>20</v>
       </c>
       <c r="C1" t="s">
         <v>21</v>
       </c>
       <c r="D1" t="s">
         <v>10</v>
       </c>
       <c r="E1" t="s">
         <v>11</v>
       </c>
       <c r="F1" t="s">
         <v>12</v>
       </c>
       <c r="G1" t="s">
         <v>13</v>
       </c>
       <c r="H1" t="s">
         <v>1</v>
       </c>
       <c r="L1" s="5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A2">
+        <v>2025</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" t="s">
         <v>22</v>
       </c>
+      <c r="D2" s="3">
+        <v>22678.43</v>
+      </c>
+      <c r="E2" s="4">
+        <v>7.6466224186100117E-3</v>
+      </c>
+      <c r="F2" s="3">
+        <v>22385</v>
+      </c>
+      <c r="G2" s="4">
+        <v>8.433675071925573E-3</v>
+      </c>
+      <c r="H2">
+        <v>1</v>
+      </c>
     </row>
-    <row r="2" spans="1:12" hidden="1" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B2" s="10" t="s">
+    <row r="3" spans="1:12" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A3">
+        <v>2026</v>
+      </c>
+      <c r="B3" t="s">
         <v>2</v>
       </c>
-      <c r="C2" s="10" t="s">
-[...26 lines deleted...]
-        <v>23</v>
+      <c r="C3" t="s">
+        <v>22</v>
       </c>
       <c r="D3" s="3">
-        <v>39597.25</v>
+        <v>42713</v>
       </c>
       <c r="E3" s="4">
-        <v>1.2035689806234795E-2</v>
+        <v>9.1430696354147203E-2</v>
       </c>
       <c r="F3" s="3">
-        <v>32397.75</v>
+        <v>17424</v>
       </c>
       <c r="G3" s="4">
-        <v>1.029160910801029E-2</v>
+        <v>3.7617199955171973E-2</v>
       </c>
       <c r="H3">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:12" hidden="1" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>2024</v>
       </c>
-      <c r="B4" s="10" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="B4" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
       </c>
       <c r="D4" s="3">
-        <v>448437.85</v>
+        <v>153064.35999999999</v>
       </c>
       <c r="E4" s="4">
-        <v>3.9728274838595937E-2</v>
+        <v>0.1697620481011376</v>
       </c>
       <c r="F4" s="3">
-        <v>289086.82</v>
+        <v>125786.89</v>
       </c>
       <c r="G4" s="4">
-        <v>3.3404164329173702E-2</v>
+        <v>0.15264630853291511</v>
       </c>
       <c r="H4">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="5" spans="1:12" hidden="1" x14ac:dyDescent="0.25">
       <c r="A5">
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="B5" s="10" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B5" t="s">
         <v>3</v>
       </c>
-      <c r="C5" s="10" t="s">
-        <v>24</v>
+      <c r="C5" t="s">
+        <v>23</v>
       </c>
       <c r="D5" s="3">
-        <v>179472.02</v>
+        <v>299922.12</v>
       </c>
       <c r="E5" s="4">
-        <v>0.1889365091307775</v>
+        <v>0.64200801356992254</v>
       </c>
       <c r="F5" s="3">
-        <v>134604.01999999999</v>
+        <v>299262.25</v>
       </c>
       <c r="G5" s="4">
-        <v>0.1619764746666191</v>
+        <v>0.64608631182763221</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="B6" s="10" t="s">
+        <v>2025</v>
+      </c>
+      <c r="B6" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D6" s="3">
+        <v>1110062.8799999999</v>
+      </c>
+      <c r="E6" s="4">
+        <v>0.37428656676298999</v>
+      </c>
+      <c r="F6" s="3">
+        <v>979305.45</v>
+      </c>
+      <c r="G6" s="4">
+        <v>0.36895885465561112</v>
+      </c>
+      <c r="H6">
         <v>4</v>
       </c>
-      <c r="C6" s="10" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
-    <row r="7" spans="1:12" hidden="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7">
         <v>2025</v>
       </c>
-      <c r="B7" s="10" t="s">
+      <c r="B7" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="10" t="s">
-        <v>25</v>
+      <c r="C7" t="s">
+        <v>24</v>
       </c>
       <c r="D7" s="3">
-        <v>400381.07</v>
+        <v>710844.32</v>
       </c>
       <c r="E7" s="4">
-        <v>0.42149523746289519</v>
+        <v>0.2396796477293</v>
       </c>
       <c r="F7" s="3">
-        <v>358291.16</v>
+        <v>603856.79</v>
       </c>
       <c r="G7" s="4">
-        <v>0.43115160305772127</v>
+        <v>0.22750645328729038</v>
       </c>
       <c r="H7">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33AD0FA1-BB50-4BC3-BCE2-0026C5C0C38E}">
   <dimension ref="A1:M10"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D6" sqref="D6"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="M4" sqref="M4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.85546875" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="13" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>20</v>
       </c>
       <c r="C1" t="s">
         <v>21</v>
       </c>
       <c r="D1" t="s">
         <v>10</v>
       </c>
       <c r="E1" t="s">
         <v>11</v>
       </c>
       <c r="F1" t="s">
         <v>12</v>
       </c>
       <c r="G1" t="s">
         <v>13</v>
       </c>
       <c r="H1" t="s">
         <v>1</v>
       </c>
       <c r="M1" s="5" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
     </row>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A2">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D2" s="3">
-        <v>146189.70000000001</v>
+        <v>249018.22</v>
       </c>
       <c r="E2" s="4">
-        <v>4.4434749435037099E-2</v>
+        <v>0.27618345016240009</v>
       </c>
       <c r="F2" s="3">
-        <v>203370.61</v>
+        <v>234905.39</v>
       </c>
       <c r="G2" s="4">
-        <v>6.4603585810051892E-2</v>
+        <v>0.28506500667903273</v>
       </c>
       <c r="H2">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D3" s="3">
-        <v>138696.35</v>
+        <v>1210</v>
       </c>
       <c r="E3" s="4">
-        <v>0.14601052686753352</v>
+        <v>2.5901047125820738E-3</v>
       </c>
       <c r="F3" s="3">
-        <v>122899.79</v>
+        <v>1210</v>
       </c>
       <c r="G3" s="4">
-        <v>0.1478921262638947</v>
+        <v>2.6123055524424981E-3</v>
       </c>
       <c r="H3">
-        <v>18</v>
+        <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A4">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B4" t="s">
         <v>2</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D4" s="3">
-        <v>249018.22</v>
+        <v>327491.15999999997</v>
       </c>
       <c r="E4" s="4">
-        <v>2.2061171428722947E-2</v>
+        <v>0.11042216087941706</v>
       </c>
       <c r="F4" s="3">
-        <v>235812.89</v>
+        <v>301020.64</v>
       </c>
       <c r="G4" s="4">
-        <v>2.7248328126814506E-2</v>
+        <v>0.11341122482479704</v>
       </c>
       <c r="H4">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A5">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B5" t="s">
         <v>3</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D5" s="3">
-        <v>205084.33</v>
+        <v>309936.8</v>
       </c>
       <c r="E5" s="4">
-        <v>0.21589948888759589</v>
+        <v>0.34374759708865382</v>
       </c>
       <c r="F5" s="3">
-        <v>191020.51</v>
+        <v>281899.93</v>
       </c>
       <c r="G5" s="4">
-        <v>0.22986556269879357</v>
+        <v>0.34209434457110094</v>
       </c>
       <c r="H5">
-        <v>7</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A6">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B6" t="s">
         <v>3</v>
       </c>
       <c r="C6" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D6" s="3">
-        <v>1101650.6599999999</v>
+        <v>579143.36</v>
       </c>
       <c r="E6" s="4">
-        <v>0.33484965795841459</v>
+        <v>0.19527324423097756</v>
       </c>
       <c r="F6" s="3">
-        <v>986095.53</v>
+        <v>530980.02</v>
       </c>
       <c r="G6" s="4">
-        <v>0.31324736248400686</v>
+        <v>0.20004971893520401</v>
       </c>
       <c r="H6">
-        <v>36</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A7">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="B7" t="s">
         <v>3</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D7" s="3">
-        <v>343435.98</v>
+        <v>30937.61</v>
       </c>
       <c r="E7" s="4">
-        <v>3.0425886224596198E-2</v>
+        <v>6.6224503683492794E-2</v>
       </c>
       <c r="F7" s="3">
-        <v>313364.18</v>
+        <v>28150.14</v>
       </c>
       <c r="G7" s="4">
-        <v>3.6209428584799433E-2</v>
+        <v>6.0774187623168316E-2</v>
       </c>
       <c r="H7">
-        <v>16</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A8">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B8" t="s">
         <v>4</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D8" s="3">
-        <v>68066.42</v>
+        <v>63254.51</v>
       </c>
       <c r="E8" s="4">
-        <v>2.0688970000212036E-2</v>
+        <v>2.1327902956430014E-2</v>
       </c>
       <c r="F8" s="3">
-        <v>61536.73</v>
+        <v>54189.55</v>
       </c>
       <c r="G8" s="4">
-        <v>1.9548023271528735E-2</v>
+        <v>2.0416218762290123E-2</v>
       </c>
       <c r="H8">
-        <v>18</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A9">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B9" t="s">
         <v>4</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D9" s="3">
-        <v>18710.38</v>
+        <v>60469.61</v>
       </c>
       <c r="E9" s="4">
-        <v>1.9697075241646676E-2</v>
+        <v>6.706619909087283E-2</v>
       </c>
       <c r="F9" s="3">
-        <v>16631.849999999999</v>
+        <v>52297.63</v>
       </c>
       <c r="G9" s="4">
-        <v>2.0014026551242743E-2</v>
+        <v>6.3464802766967504E-2</v>
       </c>
       <c r="H9">
-        <v>5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A10">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="B10" t="s">
         <v>4</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D10" s="3">
-        <v>60469.61</v>
+        <v>16162.5</v>
       </c>
       <c r="E10" s="4">
-        <v>5.357159939694451E-3</v>
+        <v>3.4597163154634514E-2</v>
       </c>
       <c r="F10" s="3">
-        <v>52297.63</v>
+        <v>15639.63</v>
       </c>
       <c r="G10" s="4">
-        <v>6.0430241217718766E-3</v>
+        <v>3.3764869658798567E-2</v>
       </c>
       <c r="H10">
-        <v>13</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F186A353-4AB9-44D6-8E30-E4B67AE364DE}">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:H3"/>
+      <selection activeCell="C2" sqref="C2"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="12" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.28515625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22.85546875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="12" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="14.140625" bestFit="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>20</v>
+      </c>
+      <c r="C1" t="s">
+        <v>21</v>
+      </c>
+      <c r="D1" t="s">
+        <v>10</v>
+      </c>
+      <c r="E1" t="s">
+        <v>11</v>
+      </c>
+      <c r="F1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H1" t="s">
+        <v>1</v>
+      </c>
+      <c r="M1" s="5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A2">
+        <v>2026</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" s="3">
+        <v>22832.400000000001</v>
+      </c>
+      <c r="E2" s="4">
+        <v>4.6597212077560471E-2</v>
+      </c>
+      <c r="F2" s="3">
+        <v>18315.96</v>
+      </c>
+      <c r="G2" s="4">
+        <v>3.8038718873253968E-2</v>
+      </c>
+      <c r="H2">
+        <v>1</v>
+      </c>
+    </row>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+  <tableParts count="1">
+    <tablePart r:id="rId3"/>
+  </tableParts>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4F5D73C7-251A-45E6-BD69-B8B9B5CEA1B8}">
+  <dimension ref="A1:M6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="M1" sqref="M1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="17.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="11.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="13" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="14.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>20</v>
       </c>
       <c r="C1" t="s">
         <v>21</v>
       </c>
       <c r="D1" t="s">
         <v>10</v>
       </c>
       <c r="E1" t="s">
         <v>11</v>
       </c>
       <c r="F1" t="s">
         <v>12</v>
       </c>
       <c r="G1" t="s">
         <v>13</v>
       </c>
       <c r="H1" t="s">
         <v>1</v>
       </c>
+      <c r="M1" s="5" t="s">
+        <v>34</v>
+      </c>
     </row>
-    <row r="2" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A2">
-        <v>2023</v>
-[...1 lines deleted...]
-      <c r="B2" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B2" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C2" t="s">
-        <v>23</v>
+      <c r="C2" s="10" t="s">
+        <v>22</v>
       </c>
       <c r="D2" s="3">
-        <v>100828.38</v>
+        <v>118930.35</v>
       </c>
       <c r="E2" s="4">
-        <v>3.0647055170375928E-2</v>
+        <v>0.25458021487936811</v>
       </c>
       <c r="F2" s="3">
-        <v>95629.69</v>
+        <v>118930.35</v>
       </c>
       <c r="G2" s="4">
-        <v>3.0378140105414744E-2</v>
+        <v>0.2567623253379584</v>
       </c>
       <c r="H2">
-        <v>1</v>
+        <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:8" hidden="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>2024</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-        <v>24</v>
+      <c r="B3" s="10" t="s">
+        <v>2</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>22</v>
       </c>
       <c r="D3" s="3">
-        <v>154452</v>
+        <v>115753.02</v>
       </c>
       <c r="E3" s="4">
-        <v>1.3683304175530275E-2</v>
+        <v>0.128380439111312</v>
       </c>
       <c r="F3" s="3">
-        <v>137184.26999999999</v>
+        <v>115753.02</v>
       </c>
       <c r="G3" s="4">
-        <v>1.585172889742166E-2</v>
+        <v>0.14046989479218935</v>
       </c>
       <c r="H3">
-        <v>1</v>
+        <v>17</v>
       </c>
     </row>
-  </sheetData>
-[...56 lines deleted...]
-      <c r="A2">
+    <row r="4" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A4">
         <v>2025</v>
       </c>
-      <c r="B2" t="s">
+      <c r="B4" s="10" t="s">
         <v>2</v>
       </c>
-      <c r="C2" t="s">
-[...52 lines deleted...]
-        <v>23</v>
+      <c r="C4" s="10" t="s">
+        <v>22</v>
       </c>
       <c r="D4" s="3">
-        <v>117449.22</v>
+        <v>130203.41</v>
       </c>
       <c r="E4" s="4">
-        <v>1.040513170718912E-2</v>
+        <v>4.3901465572593473E-2</v>
       </c>
       <c r="F4" s="3">
-        <v>117449.22</v>
+        <v>130203.41</v>
       </c>
       <c r="G4" s="4">
-        <v>1.357133142636276E-2</v>
+        <v>4.9054869474947721E-2</v>
       </c>
       <c r="H4">
         <v>19</v>
       </c>
     </row>
-    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:13" hidden="1" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>2024</v>
       </c>
-      <c r="B5" t="s">
+      <c r="B5" s="10" t="s">
         <v>4</v>
       </c>
-      <c r="C5" t="s">
-        <v>25</v>
+      <c r="C5" s="10" t="s">
+        <v>24</v>
       </c>
       <c r="D5" s="3">
         <v>13398.62</v>
       </c>
       <c r="E5" s="4">
-        <v>1.1870185753006983E-3</v>
+        <v>1.4860266445623684E-2</v>
       </c>
       <c r="F5" s="3">
         <v>13398.62</v>
       </c>
       <c r="G5" s="4">
-        <v>1.5482189892439696E-3</v>
+        <v>1.6259642657794362E-2</v>
       </c>
       <c r="H5">
         <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A6">
+        <v>2025</v>
+      </c>
+      <c r="B6" s="10" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D6" s="3">
+        <v>99597.77</v>
+      </c>
+      <c r="E6" s="4">
+        <v>3.3581978158345335E-2</v>
+      </c>
+      <c r="F6" s="3">
+        <v>99597.77</v>
+      </c>
+      <c r="G6" s="4">
+        <v>3.7524021892712825E-2</v>
+      </c>
+      <c r="H6">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101005A104DB8759A3046B308B0A6B1E808E8" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="48ba01f75fb8a690526192766d18d0fd">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bed44c09-41e8-4d3e-9892-6d0b0074b19a" xmlns:ns3="22826b3b-1015-4b24-8872-7751f9ca1ae1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f75095e90853b99fd27555a01557e3c" ns2:_="" ns3:_="">
     <xsd:import namespace="bed44c09-41e8-4d3e-9892-6d0b0074b19a"/>
     <xsd:import namespace="22826b3b-1015-4b24-8872-7751f9ca1ae1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -13634,93 +13649,113 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " f 2 7 8 7 e e 3 - 7 2 e 6 - 4 8 4 8 - a a e b - 4 0 0 c 3 1 2 c f 1 b f "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A F s E A A B Q S w M E F A A C A A g A 8 W L Z W l T d L k W l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 9 N D o I w G E S v Q r q n P 2 D U k I + y M O 4 k M S E x b p t a o R G K o c V y N x c e y S u I U d S d y 3 n z F j P 3 6 w 2 y o a m D i + q s b k 2 K G K Y o U E a 2 B 2 3 K F P X u G C 5 R x m E r 5 E m U K h h l Y 5 P B H l J U O X d O C P H e Y x / j t i t J R C k j + 3 x T y E o 1 A n 1 k / V 8 O t b F O G K k Q h 9 1 r D I 8 w m 8 W Y L e a Y A p k g 5 N p 8 h W j c + 2 x / I K z 6 2 v W d 4 s q G 6 w L I F I G 8 P / A H U E s D B B Q A A g A I A P F i 2 V o P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A D x Y t l a o / L n o l Q B A A C o C Q A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A 7 Z V B a 4 M w G I b v g v 8 h Z J c W Z L B d i w e n w m S b E e N 6 E Z E s h h p o F d R u h 7 H / v j i N 6 J j U n I o w L 4 J + 3 / O + P g S s G W 1 4 W Q D c 3 e 9 2 u q Z r d U 4 q l o E o S G 3 k R 6 E V I Q x M c G S N r g F x o Y o f W C G e o O y N 3 j q k I b g 8 V 5 R t Y F Y X J q s J L Q t o g P i R s 4 p U N O e U H H 3 y z g + k j T C b 6 s y S r d G x X G y J j B T T n J 1 I i / x h f 8 Y + O T E T d m + h 8 c S L z I T d E E y + 4 j Y z 6 Q n j l u m e s w 9 B m V A l b D w o k e 3 8 A N Q 1 X s w w 5 7 S k o Y t f X 1 x / J X r 6 t o s 1 y Q U V X e O M W W 3 W g + e G 6 z l W s u 5 y c X J D x d w k Z V a d c I u E 4 5 W Y 6 9 s u F 9 c v q H g b Z 8 x q c 9 z Q 2 1 u O y p G T H 3 s V c U P f 5 e q G F R V 5 0 5 y x v p s Z O t j c b + G / x Y U W J 2 M + D l Y i T j R d r k w M q 8 i S 7 F + a I i 9 A z 5 7 t R Z b t I Y U / 6 h U 8 T a t e E j W d v m z q D / r u G 1 B L A Q I t A B Q A A g A I A P F i 2 V p U 3 S 5 F p Q A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A D x Y t l a D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A P F i 2 V q j 8 u e i V A E A A K g J A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A I M D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P s V r A A A A A A A A o 2 s A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z O W I 5 N W I x Y j c t M z Q y Z C 0 0 Y z c 2 L W F m M T I t N z U 0 Z W Q w Z D k 1 Z D M 0 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 1 L T A 2 L T I 1 V D E w O j I w O j I 4 L j Y 2 M j E 2 N D V a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q m d Z R U J B W U d C Z 1 F H Q l F V S E J R V T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V k N P R F B S Q y Z x d W 9 0 O y w m c X V v d D t W Q 0 9 E V E V S U k k m c X V v d D s s J n F 1 b 3 Q 7 T k V K R V J D S U N J T y Z x d W 9 0 O y w m c X V v d D t O T l V N R V h Q J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V Y U E V E S U V O V E U m c X V v d D s s J n F 1 b 3 Q 7 V k N P R E N P V E l Q T y Z x d W 9 0 O y w m c X V v d D t W Q 0 9 E V E l Q T 0 N P T l R S J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 D V E V S Q 0 V S T y Z x d W 9 0 O y w m c X V v d D t S Q V p P T i Z x d W 9 0 O y w m c X V v d D t J T V B f T E l D S V R B Q 0 l P T i Z x d W 9 0 O y w m c X V v d D t J T V B f Q U R K V U R J Q 0 F D S U 9 O J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z F Q 0 h B X 0 F E S i Z x d W 9 0 O y w m c X V v d D t F S k V S Q 0 l D S U 8 m c X V v d D s s J n F 1 b 3 Q 7 V F J J T U V T V F J F J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D M 2 M y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V k N P R F B S Q y w w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t W Q 0 9 E V E V S U k k s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 T k V K R V J D S U N J T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t O T l V N R V h Q L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 V Y U E V E S U V O V E U s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V k N P R E N P V E l Q T y w 1 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t W Q 0 9 E V E l Q T 0 N P T l R S L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 5 D V E V S Q 0 V S T y w 3 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t S Q V p P T i w 4 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t J T V B f T E l D S V R B Q 0 l P T i w 5 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t J T V B f Q U R K V U R J Q 0 F D S U 9 O L D E w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t G R U N I Q V 9 B R E o s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 V K R V J D S U N J T y w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V F J J T U V T V F J F L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V k N P R F B S Q y w w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t W Q 0 9 E V E V S U k k s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 T k V K R V J D S U N J T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t O T l V N R V h Q L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 V Y U E V E S U V O V E U s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V k N P R E N P V E l Q T y w 1 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t W Q 0 9 E V E l Q T 0 N P T l R S L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 5 D V E V S Q 0 V S T y w 3 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t S Q V p P T i w 4 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t J T V B f T E l D S V R B Q 0 l P T i w 5 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t J T V B f Q U R K V U R J Q 0 F D S U 9 O L D E w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t G R U N I Q V 9 B R E o s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 V K R V J D S U N J T y w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V F J J T U V T V F J F L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T L 0 9 y a W d l b j w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U y 9 F U 0 F D T 0 5 f U 2 N o Z W 1 h P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T L 1 R Q X 0 N P T l R S Q V R P U 1 9 W a W V 3 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q l F Z R 0 J R V U Z C U V U 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 w N i 0 y N V Q x M D o y M D o y O C 4 2 N j I x N j Q 1 W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N l Y z Z h Y W E y O C 0 y M T I 5 L T Q 4 Z T Y t Y j c 5 M i 0 w Y T I 4 Z D Q 4 Y W Y y M T c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R U p F U k N J Q 0 l P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 R J U E 8 m c X V v d D s s J n F 1 b 3 Q 7 R E V T Q 1 9 U S V B P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 F E S i Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 F E S i Z x d W 9 0 O y w m c X V v d D t D T 0 5 U U k F U T 1 M m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w x N S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 4 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 0 V K R V J D S U N J T y w w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 1 R J U E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t E R V N D X 1 R J U E 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 U E 9 S Q 1 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t J T V B f Q U R K L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t D T 0 5 U U k F U T 1 M s N 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t U S V B P L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 R E V T Q 1 9 U S V B P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 S U 1 Q X 0 x J Q y w z f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 S U 1 Q X 0 F E S i w 1 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 1 B P U k N f Q U R K L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 9 P c m l n Z W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 9 F U 0 F D T 0 5 f U 2 N o Z W 1 h P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 5 f V m l l d z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 1 L T A 2 L T I 1 V D E w O j I w O j I 4 L j Y 2 M j E 2 N D V a I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q l F Z R 0 J R V U Z C U V U 9 I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z R h M m Y z Y T c 1 L T N i N z c t N D k z N S 1 h N j E 4 L W N h O T M x M G I x M W R i O C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t F S k V S Q 0 l D S U 8 m c X V v d D s s J n F 1 b 3 Q 7 V E l Q T 0 N P T l R S Q V R P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 F E S i Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 F E S i Z x d W 9 0 O y w m c X V v d D t D T 0 5 U U k F U T 1 M m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 4 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 V E l Q T 0 N P T l R S Q V R P L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 0 l N U F 9 M S U M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 U E 9 S Q 1 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 S U 1 Q X 0 F E S i w 1 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t Q T 1 J D X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t D T 0 5 U U k F U T 1 M s N 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 1 R J U E 9 D T 0 5 U U k F U T y w x f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M v T 3 J p Z 2 V u P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L 0 V T Q U N P T l 9 T Y 2 h l b W E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T X 1 Z p Z X c 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M j V U M T A 6 M j A 6 M j g u N j Y y M T Y 0 N V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C U V l H Q l F V R k J R V T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z Y j h j Z D M w Y z c t M G Y 5 M i 0 0 Y j Q 0 L T l h N m E t O D V m Z m N l Z j g 0 Z j k 3 I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 0 V K R V J D S U N J T y Z x d W 9 0 O y w m c X V v d D t U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t J T V B f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N P T l R S Q V R P U y Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 5 I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 V E l Q T 0 N P T l R S Q V R P L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 U E 9 S Q 1 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t J T V B f Q U R K L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t D T 0 5 U U k F U T 1 M s N 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t U S V B P Q 0 9 O V F J B V E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M u e 0 l N U F 9 M S U M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t Q T 1 J D X 0 x J Q y w 0 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t Q T 1 J D X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M u e 0 N P T l R S Q V R P U y w 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M v T 3 J p Z 2 V u P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M v R V N B Q 0 9 O X 1 N j a G V t Y T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T X 1 Z p Z X c 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z Z j J i M G Q 5 Y z I t M 2 J k M S 0 0 Z D M z L W F k O D I t N j A 2 Z j Y x M W F j N G I 4 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R U p F U k N J Q 0 l P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 R J U E 9 D T 0 5 U U k F U T y Z x d W 9 0 O y w m c X V v d D t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y Z x d W 9 0 O y w m c X V v d D t J T V B f T E l D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f T E l D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 B R E o m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 B R E o m c X V v d D s s J n F 1 b 3 Q 7 Q 0 9 O V F J B V E 9 T J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J R W U d C U V V G Q l F V P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M j V U M T A 6 M j A 6 M j k u N D c 1 M z U z O V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U S V B P Q 0 9 O V F J B V E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 M S U M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 x J Q y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N P T l R S Q V R P U y w 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V K R V J D S U N J T y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 9 D T 0 5 U U k F U T y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 x J Q y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 F E S i w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f Q U R K L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 9 y a W d l b j w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v R V N B Q 0 9 O X 1 N j a G V t Y T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U 1 9 W a W V 3 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y U y M C g y K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z k 1 M 2 U w N m I w L T B k M W M t N G U x Z S 0 5 N z g y L W Y y O D Y w M j N i M W U y N S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T X 1 8 y I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R U p F U k N J Q 0 l P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 R J U E 9 D T 0 5 U U k F U T y Z x d W 9 0 O y w m c X V v d D t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y Z x d W 9 0 O y w m c X V v d D t J T V B f T E l D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f T E l D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 B R E o m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 B R E o m c X V v d D s s J n F 1 b 3 Q 7 Q 0 9 O V F J B V E 9 T J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J R W U d C U V V G Q l F V P S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j U t M D Y t M j V U M T A 6 M j A 6 M z E u O D k z M T E z M V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v d W 5 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 9 D T 0 5 U U k F U T y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 4 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V K R V J D S U N J T y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U S V B P Q 0 9 O V F J B V E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 x J Q y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 x J Q y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J T V B f Q U R K L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f Q U R K L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N P T l R S Q V R P U y w 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y U y M C g y K S 9 P c m l n Z W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T J T I w K D I p L 0 V T Q U N P T l 9 T Y 2 h l b W E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T J T I w K D I p L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 N f V m l l d z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N k M G Y w O W R h Z i 1 h N T F h L T R k Z T E t O W I w Y S 0 w N D M w N D Y z M z B l N D Y i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 0 V K R V J D S U N J T y Z x d W 9 0 O y w m c X V v d D t U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t J T V B f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N P T l R S Q V R P U y Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C U V l H Q l F V R k J R V T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 1 L T A 2 L T I 1 V D E w O j I w O j M w L j Y w N z Q x M z F a I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w y I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V E l Q T 0 N P T l R S Q V R P L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J T V B f Q U R K L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D T 0 5 U U k F U T 1 M s N 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U S V B P Q 0 9 O V F J B V E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 M S U M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 x J Q y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N P T l R S Q V R P U y w 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 P c m l n Z W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 V T Q U N P T l 9 T Y 2 h l b W E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 B f V m l l d z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z M m Q 1 Y m J l N j A t N W E y N y 0 0 M D U x L W I 1 Y m Y t N j M 5 M j F l Z m F l Y W V k I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R U p F U k N J Q 0 l P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 R J U E 8 m c X V v d D s s J n F 1 b 3 Q 7 V E l Q T 0 N P T l R S Q V R P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 F E S i Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 F E S i Z x d W 9 0 O y w m c X V v d D t D T 0 5 U U k F U T 1 M m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q l F Z R 0 J n V U Z C U V V G I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N S 0 w N i 0 y N V Q x M D o y M D o z M C 4 1 O T U 2 O T A 4 W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s M j E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O S w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 M S U M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 F E S i w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D T 0 5 U U k F U T 1 M s O H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 M S U M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 F E S i w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D T 0 5 U U k F U T 1 M s O H 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 9 y a W d l b j w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 V T Q U N P T l 9 T Y 2 h l b W E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T l 9 W a W V 3 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A G d z m Y 9 9 A J N L r o v W E r L t z j I A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A H g d A h L S t x g E 3 b p 1 J m m K W 5 H r g G E N H 0 y m A / T R v 0 8 p / j Y 0 A A A A A D o A A A A A C A A A g A A A A Q m z d o 7 l Q S K k m Q q n e w 0 e / m N T f X T L I H m s n B 7 P q 5 v J e n 7 l Q A A A A N s 8 Z p b Z U Q / G 8 S a n m 9 h U h B F q 1 U Q J N 3 9 3 G c D L + A W c p M l g / x 6 B o 6 e t q G A W X 9 t 9 f Q X J I V 0 p / c 8 + D S S g p 8 Y 3 P d y n 7 + f D Y L F d 7 J j D x B 5 4 4 + g H P 1 m 9 A A A A A 6 t B B Q 7 J U 7 7 + P Y N b M 8 Z l u x o l g M b A u N t Z 4 s P Q M 7 j x o J r l h T M 4 4 x N b b s i j E z v W e P b Y 4 7 4 j 2 Z f x J t i M D 2 l H 8 X J d 6 D g = = < / D a t a M a s h u p > 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="22826b3b-1015-4b24-8872-7751f9ca1ae1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bed44c09-41e8-4d3e-9892-6d0b0074b19a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < D a t a M a s h u p   s q m i d = " f 2 7 8 7 e e 3 - 7 2 e 6 - 4 8 4 8 - a a e b - 4 0 0 c 3 1 2 c f 1 b f "   x m l n s = " h t t p : / / s c h e m a s . m i c r o s o f t . c o m / D a t a M a s h u p " > A A A A A F s E A A B Q S w M E F A A C A A g A V m B i X K j c Q B u l A A A A 9 g A A A B I A H A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W w g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A h Y 8 x D o I w G I W v Q r r T l h I T Q n 7 K Y N w k M S E x r k 2 p 0 A j F 0 G K 5 m 4 N H 8 g p i F H V z f N / 7 h v f u 1 x v k U 9 c G F z V Y 3 Z s M R Z i i Q B n Z V 9 r U G R r d M U x Q z m E n 5 E n U K p h l Y 9 P J V h l q n D u n h H j v s Y 9 x P 9 S E U R q R Q 7 E t Z a M 6 g T 6 y / i + H 2 l g n j F S I w / 4 1 h j M c r S I c s w R T I A u E Q p u v w O a 9 z / Y H w n p s 3 T g o r m y 4 K Y E s E c j 7 A 3 8 A U E s D B B Q A A g A I A F Z g Y l w P y u m r p A A A A O k A A A A T A B w A W 0 N v b n R l b n R f V H l w Z X N d L n h t b C C i G A A o o B Q A A A A A A A A A A A A A A A A A A A A A A A A A A A B t j k s O w j A M R K 8 S e Z + 6 s E A I N W U B 3 I A L R M H 9 i O a j x k X h b C w 4 E l c g b X e I p W f m e e b z e l f H Z A f x o D H 2 3 i n Y F C U I c s b f e t c q m L i R e z j W 1 f U Z K I o c d V F B x x w O i N F 0 Z H U s f C C X n c a P V n M + x x a D N n f d E m 7 L c o f G O y b H k u c f U F d n a v Q 0 s L i k L K + 1 G Q d x W n N z l Q K m x L j I + J e w P 3 k d w t A b z d n E J G 2 U d i F x G V 5 / A V B L A w Q U A A I A C A B W Y G J c o / L n o l Q B A A C o C Q A A E w A c A E Z v c m 1 1 b G F z L 1 N l Y 3 R p b 2 4 x L m 0 g o h g A K K A U A A A A A A A A A A A A A A A A A A A A A A A A A A A A 7 Z V B a 4 M w G I b v g v 8 h Z J c W Z L B d i w e n w m S b E e N 6 E Z E s h h p o F d R u h 7 H / v j i N 6 J j U n I o w L 4 J + 3 / O + P g S s G W 1 4 W Q D c 3 e 9 2 u q Z r d U 4 q l o E o S G 3 k R 6 E V I Q x M c G S N r g F x o Y o f W C G e o O y N 3 j q k I b g 8 V 5 R t Y F Y X J q s J L Q t o g P i R s 4 p U N O e U H H 3 y z g + k j T C b 6 s y S r d G x X G y J j B T T n J 1 I i / x h f 8 Y + O T E T d m + h 8 c S L z I T d E E y + 4 j Y z 6 Q n j l u m e s w 9 B m V A l b D w o k e 3 8 A N Q 1 X s w w 5 7 S k o Y t f X 1 x / J X r 6 t o s 1 y Q U V X e O M W W 3 W g + e G 6 z l W s u 5 y c X J D x d w k Z V a d c I u E 4 5 W Y 6 9 s u F 9 c v q H g b Z 8 x q c 9 z Q 2 1 u O y p G T H 3 s V c U P f 5 e q G F R V 5 0 5 y x v p s Z O t j c b + G / x Y U W J 2 M + D l Y i T j R d r k w M q 8 i S 7 F + a I i 9 A z 5 7 t R Z b t I Y U / 6 h U 8 T a t e E j W d v m z q D / r u G 1 B L A Q I t A B Q A A g A I A F Z g Y l y o 3 E A b p Q A A A P Y A A A A S A A A A A A A A A A A A A A A A A A A A A A B D b 2 5 m a W c v U G F j a 2 F n Z S 5 4 b W x Q S w E C L Q A U A A I A C A B W Y G J c D 8 r p q 6 Q A A A D p A A A A E w A A A A A A A A A A A A A A A A D x A A A A W 0 N v b n R l b n R f V H l w Z X N d L n h t b F B L A Q I t A B Q A A g A I A F Z g Y l y j 8 u e i V A E A A K g J A A A T A A A A A A A A A A A A A A A A A O I B A A B G b 3 J t d W x h c y 9 T Z W N 0 a W 9 u M S 5 t U E s F B g A A A A A D A A M A w g A A A I M D A A A A A B A B A A D v u 7 8 8 P 3 h t b C B 2 Z X J z a W 9 u P S I x L j A i I G V u Y 2 9 k a W 5 n P S J 1 d G Y t O C I / P j x Q Z X J t a X N z a W 9 u T G l z d C B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 5 m Y W x z Z T w v Q 2 F u R X Z h b H V h d G V G d X R 1 c m V Q Y W N r Y W d l c z 4 8 R m l y Z X d h b G x F b m F i b G V k P n R y d W U 8 L 0 Z p c m V 3 Y W x s R W 5 h Y m x l Z D 4 8 L 1 B l c m 1 p c 3 N p b 2 5 M a X N 0 P s V r A A A A A A A A o 2 s A A O + 7 v z w / e G 1 s I H Z l c n N p b 2 4 9 I j E u M C I g Z W 5 j b 2 R p b m c 9 I n V 0 Z i 0 4 I j 8 + P E x v Y 2 F s U G F j a 2 F n Z U 1 l d G F k Y X R h R m l s Z S B 4 b W x u c z p 4 c 2 Q 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h I i B 4 b W x u c z p 4 c 2 k 9 I m h 0 d H A 6 L y 9 3 d 3 c u d z M u b 3 J n L z I w M D E v W E 1 M U 2 N o Z W 1 h L W l u c 3 R h b m N l I j 4 8 S X R l b X M + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + Q W x s R m 9 y b X V s Y X M 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a C A v P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B z I i B W Y W x 1 Z T 0 i c 0 F B Q U F B Q T 0 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z O W I 5 N W I x Y j c t M z Q y Z C 0 0 Y z c 2 L W F m M T I t N z U 0 Z W Q w Z D k 1 Z D M 0 I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N i 0 w M y 0 w M l Q x M D o y O T o w N S 4 x M z U w O D Q x W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J n W U V C Q V l H Q m d R R 0 J R V U h C U V U 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 V k N P R F B S Q y Z x d W 9 0 O y w m c X V v d D t W Q 0 9 E V E V S U k k m c X V v d D s s J n F 1 b 3 Q 7 T k V K R V J D S U N J T y Z x d W 9 0 O y w m c X V v d D t O T l V N R V h Q J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 V Y U E V E S U V O V E U m c X V v d D s s J n F 1 b 3 Q 7 V k N P R E N P V E l Q T y Z x d W 9 0 O y w m c X V v d D t W Q 0 9 E V E l Q T 0 N P T l R S J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 5 D V E V S Q 0 V S T y Z x d W 9 0 O y w m c X V v d D t S Q V p P T i Z x d W 9 0 O y w m c X V v d D t J T V B f T E l D S V R B Q 0 l P T i Z x d W 9 0 O y w m c X V v d D t J T V B f Q U R K V U R J Q 0 F D S U 9 O J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 Z F Q 0 h B X 0 F E S i Z x d W 9 0 O y w m c X V v d D t F S k V S Q 0 l D S U 8 m c X V v d D s s J n F 1 b 3 Q 7 V F J J T U V T V F J F J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D I 1 N i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o x N C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V k N P R F B S Q y w w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t W Q 0 9 E V E V S U k k s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 T k V K R V J D S U N J T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t O T l V N R V h Q L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 V Y U E V E S U V O V E U s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V k N P R E N P V E l Q T y w 1 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t W Q 0 9 E V E l Q T 0 N P T l R S L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 5 D V E V S Q 0 V S T y w 3 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t S Q V p P T i w 4 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t J T V B f T E l D S V R B Q 0 l P T i w 5 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t J T V B f Q U R K V U R J Q 0 F D S U 9 O L D E w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t G R U N I Q V 9 B R E o s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 V K R V J D S U N J T y w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V F J J T U V T V F J F L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 M T Q s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V k N P R F B S Q y w w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t W Q 0 9 E V E V S U k k s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 T k V K R V J D S U N J T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t O T l V N R V h Q L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 V Y U E V E S U V O V E U s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V k N P R E N P V E l Q T y w 1 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t W Q 0 9 E V E l Q T 0 N P T l R S L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 5 D V E V S Q 0 V S T y w 3 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t S Q V p P T i w 4 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t J T V B f T E l D S V R B Q 0 l P T i w 5 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t J T V B f Q U R K V U R J Q 0 F D S U 9 O L D E w f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T L n t G R U N I Q V 9 B R E o s M T F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 M u e 0 V K R V J D S U N J T y w x M n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U y 5 7 V F J J T U V T V F J F L D E z f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T L 0 9 y a W d l b j w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U y 9 F U 0 F D T 0 5 f U 2 N o Z W 1 h P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T L 1 R Q X 0 N P T l R S Q V R P U 1 9 W a W V 3 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q l F Z R 0 J R V U Z C U V U 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N i 0 w M y 0 w M l Q x M D o z M j o 1 M C 4 2 O T Q 4 N z U w W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N l Y z Z h Y W E y O C 0 y M T I 5 L T Q 4 Z T Y t Y j c 5 M i 0 w Y T I 4 Z D Q 4 Y W Y y M T c i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R U p F U k N J Q 0 l P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 R J U E 8 m c X V v d D s s J n F 1 b 3 Q 7 R E V T Q 1 9 U S V B P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 F E S i Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 F E S i Z x d W 9 0 O y w m c X V v d D t D T 0 5 U U k F U T 1 M m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w x N C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t U S V B P L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 R E V T Q 1 9 U S V B P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 S U 1 Q X 0 x J Q y w z f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 S U 1 Q X 0 F E S i w 1 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 1 B P U k N f Q U R K L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 4 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 5 7 V E l Q T y w x f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 0 R F U 0 N f V E l Q T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 0 l N U F 9 M S U M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t Q T 1 J D X 0 x J Q y w 0 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 S R V N V T U V O L n t Q T 1 J D X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 u e 0 N P T l R S Q V R P U y w 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 9 P c m l n Z W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f U k V T V U 1 F T i 9 F U 0 F D T 0 5 f U 2 N o Z W 1 h P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 4 v V F B f Q 0 9 O V F J B V E 9 T X 1 J F U 1 V N R U 5 f V m l l d z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u V H l w Z X M i I F Z h b H V l P S J z Q l F Z R 0 J R V U Z C U V U 9 I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N i 0 w M y 0 w M l Q x M D o y O T o w N S 4 x M z U w O D Q x W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n M 0 Y T J m M 2 E 3 N S 0 z Y j c 3 L T Q 5 M z U t Y T Y x O C 1 j Y T k z M T B i M T F k Y j g i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t F S k V S Q 0 l D S U 8 m c X V v d D s s J n F 1 b 3 Q 7 V E l Q T 0 N P T l R S Q V R P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 M S U M m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 F E S i Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 F E S i Z x d W 9 0 O y w m c X V v d D t D T 0 5 U U k F U T 1 M m c X V v d D t d I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 1 b n Q i I F Z h b H V l P S J s N i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F N 0 Y X R 1 c y I g V m F s d W U 9 I n N D b 2 1 w b G V 0 Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q W R k Z W R U b 0 R h d G F N b 2 R l b C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 4 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 V E l Q T 0 N P T l R S Q V R P L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 0 l N U F 9 M S U M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 U E 9 S Q 1 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 S U 1 Q X 0 F E S i w 1 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t Q T 1 J D X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t D T 0 5 U U k F U T 1 M s N 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 1 R J U E 9 D T 0 5 U U k F U T y w x f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 B Q k l F U l R P U y 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M v T 3 J p Z 2 V u P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T L 0 V T Q U N P T l 9 T Y 2 h l b W E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f Q U J J R V J U T 1 M v V F B f Q 0 9 O V F J B V E 9 T X 0 F C S U V S V E 9 T X 1 Z p Z X c 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C U V l H Q l F V R k J R V T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A z L T A y V D E w O j I 5 O j A 1 L j E z N T A 4 N D F a I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c 2 I 4 Y 2 Q z M G M 3 L T B m O T I t N G I 0 N C 0 5 Y T Z h L T g 1 Z m Z j Z W Y 4 N G Y 5 N y I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 0 V K R V J D S U N J T y Z x d W 9 0 O y w m c X V v d D t U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t J T V B f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N P T l R S Q V R P U y Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w 5 I i A v P j x F b n R y e S B U e X B l P S J G a W x s U 3 R h d H V z I i B W Y W x 1 Z T 0 i c 0 N v b X B s Z X R l I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l b G F 0 a W 9 u c 2 h p c E l u Z m 9 D b 2 5 0 Y W l u Z X I i I F Z h b H V l P S J z e y Z x d W 9 0 O 2 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 a 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 c X V l c n l S Z W x h d G l v b n N o a X B z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 2 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 V E l Q T 0 N P T l R S Q V R P L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 U E 9 S Q 1 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t J T V B f Q U R K L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 9 k Y m M u R G F 0 Y V N v d X J j Z V x c L z E v Z H N u P W V z Y W N v b i 8 v L 0 V T Q U N P T i 9 U U F 9 D T 0 5 U U k F U T 1 N f T U V O T 1 J F U y 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t D T 0 5 U U k F U T 1 M s N 3 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j g s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t U S V B P Q 0 9 O V F J B V E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M u e 0 l N U F 9 M S U M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t Q T 1 J D X 0 x J Q y w 0 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 T 2 R i Y y 5 E Y X R h U 2 9 1 c m N l X F w v M S 9 k c 2 4 9 Z X N h Y 2 9 u L y 8 v R V N B Q 0 9 O L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L n t Q T 1 J D X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t P Z G J j L k R h d G F T b 3 V y Y 2 V c X C 8 x L 2 R z b j 1 l c 2 F j b 2 4 v L y 9 F U 0 F D T 0 4 v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M u e 0 N P T l R S Q V R P U y w 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M v T 3 J p Z 2 V u P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 1 F T k 9 S R V M v R V N B Q 0 9 O X 1 N j a G V t Y T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T L 1 R Q X 0 N P T l R S Q V R P U 1 9 N R U 5 P U k V T X 1 Z p Z X c 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z Z j J i M G Q 5 Y z I t M 2 J k M S 0 0 Z D M z L W F k O D I t N j A 2 Z j Y x M W F j N G I 4 I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N D b 2 5 u Z W N 0 a W 9 u T 2 5 s e S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D M t M D J U M T A 6 M j k 6 M D U u N j U 5 O T g 5 M l o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C U V l H Q l F V R k J R V T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R U p F U k N J Q 0 l P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 R J U E 9 D T 0 5 U U k F U T y Z x d W 9 0 O y w m c X V v d D t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y Z x d W 9 0 O y w m c X V v d D t J T V B f T E l D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f T E l D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 B R E o m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 B R E o m c X V v d D s s J n F 1 b 3 Q 7 Q 0 9 O V F J B V E 9 T J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D Q i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t F S k V S Q 0 l D S U 8 s M H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U S V B P Q 0 9 O V F J B V E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 M S U M s M 3 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 x J Q y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N P T l R S Q V R P U y w 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O C w m c X V v d D t L Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t D b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V K R V J D S U N J T y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 9 D T 0 5 U U k F U T y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 x J Q y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 F E S i w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f Q U R K L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t S Z W x h d G l v b n N o a X B J b m Z v J n F 1 b 3 Q 7 O l t d f S I g L z 4 8 L 1 N 0 Y W J s Z U V u d H J p Z X M + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T L 0 9 y a W d l b j w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v R V N B Q 0 9 O X 1 N j a G V t Y T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U 1 9 W a W V 3 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y U y M C g y K T w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M + P E V u d H J 5 I F R 5 c G U 9 I k l z U H J p d m F 0 Z S I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J R d W V y e U l E I i B W Y W x 1 Z T 0 i c z k 1 M 2 U w N m I w L T B k M W M t N G U x Z S 0 5 N z g y L W Y y O D Y w M j N i M W U y N S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V u Y W J s Z W Q i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E 9 i a m V j d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U b 0 R h d G F N b 2 R l b E V u Y W J s Z W Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i Q n V m Z m V y T m V 4 d F J l Z n J l c 2 g i I F Z h b H V l P S J s M S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V z d W x 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i T m F t Z V V w Z G F 0 Z W R B Z n R l c k Z p b G w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R h c m d l d C I g V m F s d W U 9 I n N U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T X 1 8 y I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F c n J v c k N v Z G U i I F Z h b H V l P S J z V W 5 r b m 9 3 b i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 1 b n Q i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E x h c 3 R V c G R h d G V k I i B W Y W x 1 Z T 0 i Z D I w M j Y t M D M t M D J U M T A 6 M j k 6 M D Y u M T A y M D Q x N V o i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C U V l H Q l F V R k J R V T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 O Y W 1 l c y I g V m F s d W U 9 I n N b J n F 1 b 3 Q 7 R U p F U k N J Q 0 l P J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 R J U E 9 D T 0 5 U U k F U T y Z x d W 9 0 O y w m c X V v d D t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y Z x d W 9 0 O y w m c X V v d D t J T V B f T E l D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f T E l D J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 l N U F 9 B R E o m c X V v d D s s J n F 1 b 3 Q 7 U E 9 S Q 1 9 B R E o m c X V v d D s s J n F 1 b 3 Q 7 Q 0 9 O V F J B V E 9 T J n F 1 b 3 Q 7 X S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v d W 5 0 I i B W Y W x 1 Z T 0 i b D U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O C w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 9 D T 0 5 U U k F U T y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t E R V N D X 1 R J U E 9 D T 0 5 U U k F U T y w y f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 B R E o s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 4 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V K R V J D S U N J T y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t U S V B P Q 0 9 O V F J B V E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y A o M i k v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 x J Q y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 x J Q y w 0 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T I C g y K S 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J T V B f Q U R K L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f Q U R K L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 M g K D I p L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 N P T l R S Q V R P U y w 3 f S Z x d W 9 0 O 1 0 s J n F 1 b 3 Q 7 U m V s Y X R p b 2 5 z a G l w S W 5 m b y Z x d W 9 0 O z p b X X 0 i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 R F U k l W Q U R P U y U y M C g y K S 9 P c m l n Z W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T J T I w K D I p L 0 V T Q U N P T l 9 T Y 2 h l b W E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f R E V S S V Z B R E 9 T J T I w K D I p L 1 R Q X 0 N P T l R S Q V R P U 1 9 E R V J J V k F E T 1 N f V m l l d z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z P j x F b n R y e S B U e X B l P S J J c 1 B y a X Z h d G U i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U X V l c n l J R C I g V m F s d W U 9 I n N k M G Y w O W R h Z i 1 h N T F h L T R k Z T E t O W I w Y S 0 w N D M w N D Y z M z B l N D Y i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x P Y m p l Y 3 R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G 9 E Y X R h T W 9 k Z W x F b m F i b G V k I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k 5 h b W V V c G R h d G V k Q W Z 0 Z X J G a W x s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l J l c 3 V s d F R 5 c G U i I F Z h b H V l P S J z V G F i b G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k J 1 Z m Z l c k 5 l e H R S Z W Z y Z X N o I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x U Y X J n Z X Q i I F Z h b H V l P S J z V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b G V k Q 2 9 t c G x l d G V S Z X N 1 b H R U b 1 d v c m t z a G V l d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s Q 2 9 s d W 1 u T m F t Z X M i I F Z h b H V l P S J z W y Z x d W 9 0 O 0 V K R V J D S U N J T y Z x d W 9 0 O y w m c X V v d D t U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t J T V B f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N P T l R S Q V R P U y Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 2 x 1 b W 5 U e X B l c y I g V m F s d W U 9 I n N C U V l H Q l F V R k J R V T 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x M Y X N 0 V X B k Y X R l Z C I g V m F s d W U 9 I m Q y M D I 2 L T A z L T A y V D E x O j A y O j Q 1 L j M w N T M w N T R a I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 2 R l I i B W Y W x 1 Z T 0 i c 1 V u a 2 5 v d 2 4 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J S Z W x h d G l v b n N o a X B J b m Z v Q 2 9 u d G F p b m V y I i B W Y W x 1 Z T 0 i c 3 s m c X V v d D t j b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 4 L C Z x d W 9 0 O 2 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 3 F 1 Z X J 5 U m V s Y X R p b 2 5 z a G l w c y Z x d W 9 0 O z p b X S w m c X V v d D t j b 2 x 1 b W 5 J Z G V u d G l 0 a W V z J n F 1 b 3 Q 7 O l s m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 V K R V J D S U N J T y w w f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 9 D T 0 5 U U k F U T y w x f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 x J Q y w z f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f T E l D L D R 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 F E S i w 1 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 B P U k N f Q U R K L D Z 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 Q 0 9 O V F J B V E 9 T L D d 9 J n F 1 b 3 Q 7 X S w m c X V v d D t D b 2 x 1 b W 5 D b 3 V u d C Z x d W 9 0 O z o 4 L C Z x d W 9 0 O 0 t l e U N v b H V t b k 5 h b W V z J n F 1 b 3 Q 7 O l t d L C Z x d W 9 0 O 0 N v b H V t b k l k Z W 5 0 a X R p Z X M m c X V v d D s 6 W y Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V E l Q T 0 N P T l R S Q V R P L D F 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 s M n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J T V B f T E l D L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t J T V B f Q U R K L D V 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 A v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 B R E o s N n 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D T 0 5 U U k F U T 1 M s N 3 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j x F b n R y e S B U e X B l P S J B Z G R l Z F R v R G F 0 Y U 1 v Z G V s I i B W Y W x 1 Z T 0 i b D A i I C 8 + P C 9 T d G F i b G V F b n R y a W V z P j w v S X R l b T 4 8 S X R l b T 4 8 S X R l b U x v Y 2 F 0 a W 9 u P j x J d G V t V H l w Z T 5 G b 3 J t d W x h P C 9 J d G V t V H l w Z T 4 8 S X R l b V B h d G g + U 2 V j d G l v b j E v V F B f Q 0 9 O V F J B V E 9 T X 0 5 T U C 9 P c m l n Z W 4 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 0 V T Q U N P T l 9 T Y 2 h l b W E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 D T 0 5 U U k F U T 1 N f T l N Q L 1 R Q X 0 N P T l R S Q V R P U 1 9 O U 1 B f V m l l d z w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c z 4 8 R W 5 0 c n k g V H l w Z T 0 i S X N Q c m l 2 Y X R l I i B W Y W x 1 Z T 0 i b D A i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I l F 1 Z X J 5 S U Q i I F Z h b H V l P S J z M m Q 1 Y m J l N j A t N W E y N y 0 0 M D U x L W I 1 Y m Y t N j M 5 M j F l Z m F l Y W V k I i A v P j x F b n R y e S B U e X B l P S J G a W x s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s T 2 J q Z W N 0 V H l w Z S I g V m F s d W U 9 I n N U Y W J s Z S I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b F R v R G F 0 Y U 1 v Z G V s R W 5 h Y m x l Z C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J O Y W 1 l V X B k Y X R l Z E F m d G V y R m l s b C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J S Z X N 1 b H R U e X B l I i B W Y W x 1 Z T 0 i c 1 R h Y m x l I i A v P j x F b n R y e S B U e X B l P S J C d W Z m Z X J O Z X h 0 U m V m c m V z a C I g V m F s d W U 9 I m w x I i A v P j x F b n R y e S B U e X B l P S J G a W x s V G F y Z 2 V 0 I i B W Y W x 1 Z T 0 i c 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O I i A v P j x F b n R y e S B U e X B l P S J G a W x s Z W R D b 2 1 w b G V 0 Z V J l c 3 V s d F R v V 2 9 y a 3 N o Z W V 0 I i B W Y W x 1 Z T 0 i b D E i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x D b 3 V u d C I g V m F s d W U 9 I m w y M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E V y c m 9 y Q 2 9 k Z S I g V m F s d W U 9 I n N V b m t u b 3 d u I i A v P j x F b n R y e S B U e X B l P S J G a W x s R X J y b 3 J D b 3 V u d C I g V m F s d W U 9 I m w w I i A v P j x F b n R y e S B U e X B l P S J G a W x s T G F z d F V w Z G F 0 Z W Q i I F Z h b H V l P S J k M j A y N i 0 w M y 0 w M l Q x M D o y O T o w N i 4 w N z A y N z E 4 W i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b l R 5 c G V z I i B W Y W x 1 Z T 0 i c 0 J R W U d C Z 1 V G Q l F V R i I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i R m l s b E N v b H V t b k 5 h b W V z I i B W Y W x 1 Z T 0 i c 1 s m c X V v d D t F S k V S Q 0 l D S U 8 m c X V v d D s s J n F 1 b 3 Q 7 V E l Q T y Z x d W 9 0 O y w m c X V v d D t U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 R E V T Q 1 9 U S V B P Q 0 9 O V F J B V E 8 m c X V v d D s s J n F 1 b 3 Q 7 S U 1 Q X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t Q T 1 J D X 0 x J Q y Z x d W 9 0 O y w m c X V v d D t J T V B f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 B P U k N f Q U R K J n F 1 b 3 Q 7 L C Z x d W 9 0 O 0 N P T l R S Q V R P U y Z x d W 9 0 O 1 0 i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k Z p b G x T d G F 0 d X M i I F Z h b H V l P S J z Q 2 9 t c G x l d G U i I C 8 + P E V u d H J 5 I F R 5 c G U 9 I k F k Z G V k V G 9 E Y X R h T W 9 k Z W w i I F Z h b H V l P S J s M C I g L z 4 8 R W 5 0 c n k g V H l w Z T 0 i U m V s Y X R p b 2 5 z a G l w S W 5 m b 0 N v b n R h a W 5 l c i I g V m F s d W U 9 I n N 7 J n F 1 b 3 Q 7 Y 2 9 s d W 1 u Q 2 9 1 b n Q m c X V v d D s 6 O S w m c X V v d D t r Z X l D b 2 x 1 b W 5 O Y W 1 l c y Z x d W 9 0 O z p b X S w m c X V v d D t x d W V y e V J l b G F 0 a W 9 u c 2 h p c H M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Y 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 M S U M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 F E S i w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D T 0 5 U U k F U T 1 M s O H 0 m c X V v d D t d L C Z x d W 9 0 O 0 N v b H V t b k N v d W 5 0 J n F 1 b 3 Q 7 O j k s J n F 1 b 3 Q 7 S 2 V 5 Q 2 9 s d W 1 u T m F t Z X M m c X V v d D s 6 W 1 0 s J n F 1 b 3 Q 7 Q 2 9 s d W 1 u S W R l b n R p d G l l c y Z x d W 9 0 O z p b J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 R U p F U k N J Q 0 l P L D B 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 1 R J U E 8 s M X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 V E l Q T 0 N P T l R S Q V R P L D J 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 R F U 0 N f V E l Q T 0 N P T l R S Q V R P L D N 9 J n F 1 b 3 Q 7 L C Z x d W 9 0 O 1 N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 F 1 d G 9 S Z W 1 v d m V k Q 2 9 s d W 1 u c z E u e 0 l N U F 9 M S U M s N H 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 U E 9 S Q 1 9 M S U M s N X 0 m c X V v d D s s J n F 1 b 3 Q 7 U 2 V j d G l v b j E v V F B f V E l Q T 0 x J Q 0 l U Q U N J T 0 4 v Q X V 0 b 1 J l b W 9 2 Z W R D b 2 x 1 b W 5 z M S 5 7 S U 1 Q X 0 F E S i w 2 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t Q T 1 J D X 0 F E S i w 3 f S Z x d W 9 0 O y w m c X V v d D t T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 B d X R v U m V t b 3 Z l Z E N v b H V t b n M x L n t D T 0 5 U U k F U T 1 M s O H 0 m c X V v d D t d L C Z x d W 9 0 O 1 J l b G F 0 a W 9 u c 2 h p c E l u Z m 8 m c X V v d D s 6 W 1 1 9 I i A v P j w v U 3 R h Y m x l R W 5 0 c m l l c z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 9 y a W d l b j w v S X R l b V B h d G g + P C 9 J d G V t T G 9 j Y X R p b 2 4 + P F N 0 Y W J s Z U V u d H J p Z X M g L z 4 8 L 0 l 0 Z W 0 + P E l 0 Z W 0 + P E l 0 Z W 1 M b 2 N h d G l v b j 4 8 S X R l b V R 5 c G U + R m 9 y b X V s Y T w v S X R l b V R 5 c G U + P E l 0 Z W 1 Q Y X R o P l N l Y 3 R p b 2 4 x L 1 R Q X 1 R J U E 9 M S U N J V E F D S U 9 O L 0 V T Q U N P T l 9 T Y 2 h l b W E 8 L 0 l 0 Z W 1 Q Y X R o P j w v S X R l b U x v Y 2 F 0 a W 9 u P j x T d G F i b G V F b n R y a W V z I C 8 + P C 9 J d G V t P j x J d G V t P j x J d G V t T G 9 j Y X R p b 2 4 + P E l 0 Z W 1 U e X B l P k Z v c m 1 1 b G E 8 L 0 l 0 Z W 1 U e X B l P j x J d G V t U G F 0 a D 5 T Z W N 0 a W 9 u M S 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T i 9 U U F 9 U S V B P T E l D S V R B Q 0 l P T l 9 W a W V 3 P C 9 J d G V t U G F 0 a D 4 8 L 0 l 0 Z W 1 M b 2 N h d G l v b j 4 8 U 3 R h Y m x l R W 5 0 c m l l c y A v P j w v S X R l b T 4 8 L 0 l 0 Z W 1 z P j w v T G 9 j Y W x Q Y W N r Y W d l T W V 0 Y W R h d G F G a W x l P h Y A A A B Q S w U G A A A A A A A A A A A A A A A A A A A A A A A A J g E A A A E A A A D Q j J 3 f A R X R E Y x 6 A M B P w p f r A Q A A A F i + F x F s r Z N A r e o Q / p J P a 0 g A A A A A A g A A A A A A E G Y A A A A B A A A g A A A A J 1 v F F 1 p + 3 R x W O y v / A r f d 5 R B t G E 3 U T H 3 L P v v Q F L / h 1 q M A A A A A D o A A A A A C A A A g A A A A a 2 V s w f 5 9 m s a X 8 J U F V U N s 7 d u a C / 9 9 D 4 X d 6 3 w W X k N 7 R x 9 Q A A A A a u m j I m S / 1 Y s o Q d 3 E q 9 1 a 2 E g r 9 D R r N b P b b Q L f p N 7 p 5 j u V M R U 0 Q 1 J h i 1 P g W R 8 G 3 6 N 4 x r 8 g c d y i 2 l k T M 2 w 0 X j p X K s g p s 9 W 7 o 5 Q i o C e 5 X I I 9 E 7 R A A A A A Z 9 + v P C U j G d 2 d a 9 K L j h Q / d B m I O X 9 2 r d 8 B E w I J G m k 1 C m 9 2 r N o L r j b H V A R N k d 8 K f m 3 O u 4 F s C F t t 2 g u o j 9 y S Y p J G C g = = < / D a t a M a s h u p > 
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39B678EB-0452-4361-9809-5F4EFC4F5EF0}">
-[...23 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D088DDE2-31E8-4C25-A533-80E6F5638307}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bed44c09-41e8-4d3e-9892-6d0b0074b19a"/>
     <ds:schemaRef ds:uri="22826b3b-1015-4b24-8872-7751f9ca1ae1"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E2584B2C-0C7D-475A-ABC6-5A1250CA6AA2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39B678EB-0452-4361-9809-5F4EFC4F5EF0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="22826b3b-1015-4b24-8872-7751f9ca1ae1"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bed44c09-41e8-4d3e-9892-6d0b0074b19a"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D7810BC-5A49-460A-970E-2DC673F7A1EC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/DataMashup"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>