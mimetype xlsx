--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,665 +1,1013 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://esamur.sharepoint.com/sites/ESAMURDocServer/COContratacion/Listado MENORES/2025/2 Trimestre/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://esamur.sharepoint.com/sites/ESAMURDocServer/COContratacion/Listado MENORES/2025/3 Trimestre/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="27" documentId="13_ncr:1_{9CFE8FF9-017A-4B22-AABF-342F0BBCA76D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{10D4B21B-496E-4C88-9BA7-89DDB6F7F5B5}"/>
+  <xr:revisionPtr revIDLastSave="38" documentId="13_ncr:1_{A9DFD9CA-E3E3-4536-8786-81C4496E1334}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{2DACAC08-791E-48F5-9C2A-D37CA1FDA666}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{75178AE1-17D1-4990-B590-8EA5AF4544F4}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{9C4D496A-57DB-4822-BB4F-531687607C28}"/>
   </bookViews>
   <sheets>
-    <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
+    <sheet name="REVISADO" sheetId="3" r:id="rId1"/>
+    <sheet name="SIN REVISAR" sheetId="1" r:id="rId2"/>
+    <sheet name="Hoja2" sheetId="2" r:id="rId3"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">REVISADO!$A$1:$J$60</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'SIN REVISAR'!$A$1:$J$53</definedName>
+  </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="575" uniqueCount="236">
   <si>
     <t>EXPEDIENTE</t>
   </si>
   <si>
     <t>TITULO</t>
   </si>
   <si>
-    <t>IMPORTE_ADJ_SINIVA</t>
-[...8 lines deleted...]
-    <t>TIPO_CONTRATO</t>
+    <t>IMPORTE_ADJ
+(SIN IVA)</t>
+  </si>
+  <si>
+    <t>IMPORTE 
+IVA</t>
+  </si>
+  <si>
+    <t>PLAZO
+EJECUCION</t>
+  </si>
+  <si>
+    <t>TIPO
+CONTRATO</t>
   </si>
   <si>
     <t>CIF</t>
   </si>
   <si>
     <t>ADJUDICATARIO</t>
   </si>
   <si>
     <t>TRIMESTRE</t>
   </si>
   <si>
     <t>EJERCICIO</t>
   </si>
   <si>
+    <t>MO.09A.2025.1</t>
+  </si>
+  <si>
+    <t>RENOVACION DE LAS VALVULAS DE LOS TAMICES DE ENTRADA DE LA EDAR DE ARCHENA</t>
+  </si>
+  <si>
+    <t>Obras</t>
+  </si>
+  <si>
+    <t>A95113361</t>
+  </si>
+  <si>
+    <t>ACCIONA AGUA SA</t>
+  </si>
+  <si>
+    <t>MO.04A-1.2025.4</t>
+  </si>
+  <si>
+    <t>REPOSICION VALLADO Y MURO PERIMETRAL EBAR ALBUDEITE</t>
+  </si>
+  <si>
+    <t>B73111932</t>
+  </si>
+  <si>
+    <t>TALLERES Y CONDUCCIONES JUANITO, S.L.</t>
+  </si>
+  <si>
     <t>MO.18AN.2025.1</t>
   </si>
   <si>
     <t>SUMINISTRO E INSTALACION DE BOMBAS PARA LA DOTACION DE EQUIPOS A LA NUEVA LINEA DE UF DE LA EDAR DE CEUTI</t>
   </si>
   <si>
-    <t>Obras</t>
-[...1 lines deleted...]
-  <si>
     <t>A48062277</t>
   </si>
   <si>
     <t>CADAGUA SA</t>
   </si>
   <si>
     <t>MO.00A.2025.3</t>
   </si>
   <si>
     <t>ADECUACION DEL DESPACHO DEL DEPARTAMENTO DE EXPLOTACION EN LAS OFICINAS DE ESAMUR</t>
   </si>
   <si>
     <t>B30542468</t>
   </si>
   <si>
     <t>CONSTRUCCIONES E INSTALACIONES ELECTRICAS EL PAJARITO, S.L.</t>
   </si>
   <si>
+    <t>MO.36A.2025.1</t>
+  </si>
+  <si>
+    <t>ADECUACION DE LA VENTILACION DE LA SALA DEL GRUPO ELECTROGENO DE LA EDAR DE SAN PEDRO DEL PINATAR</t>
+  </si>
+  <si>
     <t>MO.05A.2025.1</t>
   </si>
   <si>
     <t>SUSTITUCION DE PUERTAS DE ACCESO AL CCM TERCIARIO DE LA EDAR DE ALCANTARILLA</t>
   </si>
   <si>
     <t>U10674836</t>
   </si>
   <si>
     <t>UTE FACSA-INAM LOTE 5 ALCANTARILLA</t>
   </si>
   <si>
+    <t>MO.05A-1.2025.1</t>
+  </si>
+  <si>
+    <t>INSTALACION DE COMPUERTA DE ENTRADA EN BOMBEO PREVIO AUXILIAR Y CUCHARA BIVALVA EN EL NUEVO BOMBEO PREVIO DE LA EBAR VOZ NEGRA EN ALCANTARILLA</t>
+  </si>
+  <si>
     <t>MO.09A-1.2025.1</t>
   </si>
   <si>
     <t>INSTALACION DE SISTEMAS DE PROTECCION DE AVIFAUNA EN CTI DE LA EBAR DE LA ALGAIDA (ARCHENA)</t>
   </si>
   <si>
     <t>A30051130</t>
   </si>
   <si>
     <t>INDUSTRIAS ELECTRICAS BROCAL SA</t>
   </si>
   <si>
     <t>MO.04A-1.2025.2</t>
   </si>
   <si>
     <t>RENOVACION DEL BOMBEO DE LA EBAR DE ALBUDEITE</t>
   </si>
   <si>
     <t>B04839783</t>
   </si>
   <si>
     <t>SOLUCIONES INTEGRALES PARA BOMBEOS DE AGUA SIBA</t>
   </si>
   <si>
+    <t>MO.27A.2025.3</t>
+  </si>
+  <si>
+    <t>CONEXION DE DESAGUES DEL EDIFICIO DE CONTROL A CABECERA DE LA EDAR DE MOLINA DE SEGURA</t>
+  </si>
+  <si>
+    <t>B73419699</t>
+  </si>
+  <si>
+    <t>INSTALACIONES HERGASA 2006, S.L.</t>
+  </si>
+  <si>
+    <t>MO.15A.2025.1</t>
+  </si>
+  <si>
+    <t>REPARACION DEL COLECTOR GENERAL DE SALIDA EN EL PUNTO DE VERTIDO DE LA EDAR DE CARAVACA</t>
+  </si>
+  <si>
     <t>MO.20A.2025.1</t>
   </si>
   <si>
     <t>ADECUACION DEL SISTEMA DE DOSIFICACION DE HIPOCLORITO SODICO EN LA EDAR DE FORTUNA</t>
   </si>
   <si>
     <t>U09814575</t>
   </si>
   <si>
     <t>UTE ZONA LEVANTE</t>
   </si>
   <si>
+    <t>MO.37A.2025.2</t>
+  </si>
+  <si>
+    <t>ACTUACIONES DE MEJORA EN LA CAPACIDAD DE LA LINEA DE AGUA Y RED DE PLUVIALES DE LA ZONA DE LA DECANTACION SECUNDARIA DE LA EDAR DE TORRE PACHECO</t>
+  </si>
+  <si>
+    <t>B30527097</t>
+  </si>
+  <si>
+    <t>QUARTO PROYECTOS, SL</t>
+  </si>
+  <si>
+    <t>MO.05A.2025.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> INTEGRACION DE DATOS DE PRODUCCION DE LA PLANTA FV EN TELECONTROL SAID DE ESAMUR Y AMPLIACION ESPECIFICACIONES PLC</t>
+  </si>
+  <si>
+    <t>MO.35A.2025.1</t>
+  </si>
+  <si>
+    <t>AMPLIACION DE POTENCIA DE LA ACOMETIDA AL CCM2 DE LA EDAR DE SAN JAVIER</t>
+  </si>
+  <si>
+    <t>U44868792</t>
+  </si>
+  <si>
+    <t>U.T.E. EDAR SAN JAVIER (MAREA-HELIOPOL)</t>
+  </si>
+  <si>
     <t>MO.09A-2.2025.1</t>
   </si>
   <si>
     <t>SUSTITUCION DE LAS CELDAS DE CENTRO DE TRANFORMACION EN LA EBAR LA MORRA (ARCHENA)</t>
   </si>
   <si>
-    <t>A95113361</t>
-[...16 lines deleted...]
-  <si>
     <t>MO.36A-1.2025.1</t>
   </si>
   <si>
     <t>REPARACION URGENTE DEL EMISARIO DE LA EDAR DE SAN PEDRO DEL PINATAR (MURCIA)</t>
   </si>
   <si>
     <t>B30899603</t>
   </si>
   <si>
     <t>DIVING CONTRACTOR, S.L.</t>
   </si>
   <si>
     <t>MO.19A.2025.1</t>
   </si>
   <si>
     <t>SUSTITUCION DE CAUDALIMETRO DEL EFLUENTE DE LA EDAR DE CIEZA</t>
   </si>
   <si>
     <t>E73839433</t>
   </si>
   <si>
     <t>ACHE SOLUCIONES ELECTRICAS</t>
   </si>
   <si>
+    <t>MO.00A.2025.27</t>
+  </si>
+  <si>
+    <t>REALIZACION DE UN VIDEO DIVULGATIVO CONMEMORATIVO DEL 25º ANIVERSARIO DE LA ENTRADA EN VIGOR DE LA LEY 3/2000, DE 12 DE JULIO.</t>
+  </si>
+  <si>
+    <t>Otros</t>
+  </si>
+  <si>
+    <t>***1426**</t>
+  </si>
+  <si>
+    <t>LOMBA PRODUCCIONES</t>
+  </si>
+  <si>
     <t>MO.00A.2025.11</t>
   </si>
   <si>
     <t>COLABORACION SERIE DOCUMENTAL JAVI IN THE SEA: LA LAGUNA MAGICA</t>
   </si>
   <si>
     <t>Servicios</t>
   </si>
   <si>
     <t>B16440000</t>
   </si>
   <si>
     <t>AGUAVIVA PRODUCCIONES, S.L.</t>
   </si>
   <si>
     <t>MO.43A.2025.1</t>
   </si>
   <si>
     <t>A.T. PARA LA REFORMA DEL PROYECTO DUPLICACION DE LA LINEA DE CONEXION DESDE LA ARQUETA DE DERIVACION AL PRETRATAMIENTO DE EDAR DE YECLA (MURCIA)</t>
   </si>
   <si>
     <t>B73508491</t>
   </si>
   <si>
     <t>IMACAPI SL</t>
   </si>
   <si>
+    <t>MO.00A.2025.39</t>
+  </si>
+  <si>
+    <t>RENOVACION MANTENIMIENTO CORTAFUEGOS PERIMETRAL</t>
+  </si>
+  <si>
+    <t>B73490872</t>
+  </si>
+  <si>
+    <t>UTOPIUX INGENIERIA INFORMATICA, S.L.</t>
+  </si>
+  <si>
     <t>MO.00A.2025.25</t>
   </si>
   <si>
+    <t>ACTIVIDAD DE PATROCINIO DIARIO LA RAZON- II FORO DEL AGUA: EL RETO DE LA GESTION</t>
+  </si>
+  <si>
     <t>A82031329</t>
   </si>
   <si>
+    <t>AUDIOVISUAL ESPA?OLA 2000 S.A.</t>
+  </si>
+  <si>
     <t>MO.22AN.2025.1</t>
   </si>
   <si>
     <t>AT PARA LA REDACCION DEL PROYECTO DE RENOVACION DEL SISTEMA DE DESHIDRATACION DE FANGOS DE LA EDAR DE JUMILLA (MURCIA)</t>
   </si>
   <si>
     <t>B73433930</t>
   </si>
   <si>
     <t>TRAZADO DE CARRETERAS Y OBRAS HIDRAULICAS, S.L.P.</t>
   </si>
   <si>
     <t>MO.00A.2025.4</t>
   </si>
   <si>
     <t>AT PARA LA REDACCION DEL PROYECTO DE INSTALACION DE GRUPO ELECTROGENO DE EMERGENCIA EN LAS OFICINAS DE ESAMUR</t>
   </si>
   <si>
+    <t>***0093**</t>
+  </si>
+  <si>
     <t>JOSE ELOY COBARRO CARRASCO</t>
   </si>
   <si>
     <t>MO.00A.2025.19</t>
   </si>
   <si>
     <t>REPARACION INTERMITENTE VEHICULO KONA ROTURA</t>
   </si>
   <si>
     <t>B30330161</t>
   </si>
   <si>
     <t>GASMOVIL, SLU (HYUNDAI)</t>
   </si>
   <si>
+    <t>MO.27E.2025.2</t>
+  </si>
+  <si>
+    <t>A.T. PARA LA REDACCION DE DOCUMENTACION COMPLEMENTARIA REQUERIDA POR LA CHS PARA LA AUTORIZACION DEL PROYECTO DE LA NUEVA EDAR DE LOS VALIENTES EN MOLINA DE SEGURA (MURCIA)</t>
+  </si>
+  <si>
+    <t>B73769192</t>
+  </si>
+  <si>
+    <t>INESTEC INGENIERIA, S.L.</t>
+  </si>
+  <si>
     <t>MO.00A.2025.9</t>
   </si>
   <si>
     <t>RENOVACION DE MARCA NACIONAL</t>
   </si>
   <si>
     <t>B66448549</t>
   </si>
   <si>
     <t>CONSULPI</t>
   </si>
   <si>
     <t>MO.00A.2025.17</t>
   </si>
   <si>
     <t>ACTUALIZACION ESTRUCTURA QUE DA SERVICIO AL PORTAL WEB ESAMUR</t>
   </si>
   <si>
     <t>B30843262</t>
   </si>
   <si>
     <t>CETAIT S.L. (CETA INFORMATICA)</t>
   </si>
   <si>
     <t>MO.00A.2025.18</t>
   </si>
   <si>
+    <t>ACTIVIDAD DE PATROCINIO GRUPO LIBERTAD DIGITAL. I EDICION DE AGROFORO EN CLAVE RURAL</t>
+  </si>
+  <si>
     <t>A82571563</t>
   </si>
   <si>
     <t>LIBERTAD  DIGITAL, S.A.</t>
   </si>
   <si>
+    <t>MO.00A.2025.26</t>
+  </si>
+  <si>
+    <t>MIGRACION SERVIDORES A CENTRO DE DATOS EN LA NUBE OCI</t>
+  </si>
+  <si>
+    <t>A78053147</t>
+  </si>
+  <si>
+    <t>TELEFONICA SOLUCIONES DE INFORMATICA Y COMUNICACIONES DE ESPA?A SAU</t>
+  </si>
+  <si>
     <t>MO.00A.2025.15</t>
   </si>
   <si>
+    <t>CAMPAÑA NACIONAL: USO Y APROVECHAMIENTO DEL AGUA</t>
+  </si>
+  <si>
     <t>B15936776</t>
   </si>
   <si>
     <t>TALLER DE TECNICAS CREATIVAS SL (100X100)</t>
   </si>
   <si>
     <t>MO.MI.2025.1</t>
   </si>
   <si>
     <t>A.T. PARA LA REDACCION DE MEMORIAS VALORADAS DE INSTALACION DE SENSORES PARA LA DIGITALIZACION DE PROCESOS EN VARIAS EDAR DE LA REGION DE MURCIA. PROYECTO REGEN-IA DE LA TERCERA CONVOCATORIA DEL PERTE DE DIGITALIZACION DEL CICLO DEL AGUA</t>
   </si>
   <si>
     <t>B73854127</t>
   </si>
   <si>
     <t>NASER INGENIEROS, S.L</t>
   </si>
   <si>
     <t>MO.27A.2025.1</t>
   </si>
   <si>
     <t>ASISTENCIA TECNICA PARA LA REDACCION DEL PROYECTO DE DESODORIZACION DEL TRATAMIENTO PRIMARIO DE LA ETAPA A DE LA EDAR MOLINA NORTE</t>
   </si>
   <si>
     <t>B96035787</t>
   </si>
   <si>
     <t>MS INGENIEROS SL</t>
   </si>
   <si>
     <t>MO.00A.2025.6</t>
   </si>
   <si>
     <t>SERVICIO WEBSCADA PARA DATALOGGER DE CONTROL DE VERTIDOS 2025</t>
   </si>
   <si>
     <t>B81573131</t>
   </si>
   <si>
+    <t>LACROIX SOFREL ESPAÑA SLU</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.14</t>
+  </si>
+  <si>
+    <t>ACTIVIDAD DE PATROCINIO Y DIFUSION RADIOFONICA CADENA SER</t>
+  </si>
+  <si>
+    <t>A30016323</t>
+  </si>
+  <si>
+    <t>RADIO MURCIA, S.A. (SER)</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.12</t>
+  </si>
+  <si>
+    <t>MANTENIMIENTO PORTAL WEB LIFE AMIA</t>
+  </si>
+  <si>
+    <t>B73999484</t>
+  </si>
+  <si>
+    <t>CASAU ESTUDIO CREATIVO SL</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.35</t>
+  </si>
+  <si>
+    <t>CONTRATACION SERVICIO CATERING. ALMUERZO REUNION DE TRABAJO 9 DE OCTUBRE DE 2025</t>
+  </si>
+  <si>
+    <t>B05532239</t>
+  </si>
+  <si>
+    <t>GRUPO LOLIPOP, SL</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.13</t>
+  </si>
+  <si>
+    <t>ACTIVIDAD DE PATROCINIO Y DIFUSION RADIOFONICA CADENA COPE</t>
+  </si>
+  <si>
+    <t>A28281368</t>
+  </si>
+  <si>
+    <t>RADIO POPULAR, S.A. (COPE MURCIA)</t>
+  </si>
+  <si>
+    <t>MO.00A.2024.63</t>
+  </si>
+  <si>
+    <t>CONTRATACION DE SEGURO A TERCEROS AMPLIADO PARA RENAULT KANGOO</t>
+  </si>
+  <si>
+    <t>G28031466</t>
+  </si>
+  <si>
+    <t>PELAYO MUTUA DE SEGUROS Y REASEGUROS</t>
+  </si>
+  <si>
+    <t>MO.26AN.2025.1</t>
+  </si>
+  <si>
+    <t>A.T. PARA LA REDACCION DE LOS ESTUDIOS MEDIOAMBIENTALES COMPLEMENTARIOS DERIVADOS DE LA DECLARACION DE IMPACTO AMBIENTAL DEL PROYECTO DE AMPLIACION DE LA EDAR DE MAZARRON (MURCIA)</t>
+  </si>
+  <si>
+    <t>B83341933</t>
+  </si>
+  <si>
+    <t>GRUSAMAR INGENIERIA Y CONSULTING SLU</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.33</t>
+  </si>
+  <si>
+    <t>ACTO INSTITUCIONAL 25 ANIVERSARIO ANIVERSARIO LEY DE SANEAMIENTO Y DEPURACION DE AGUAS RESIDUALES</t>
+  </si>
+  <si>
+    <t>B73284556</t>
+  </si>
+  <si>
+    <t>KREALIA COMUNICACION SL</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.28</t>
+  </si>
+  <si>
+    <t>PRESTACION DE SERVICIO DE LIMPIEZA EN LAS OFICINAS DE ESAMUR</t>
+  </si>
+  <si>
+    <t>B73967697</t>
+  </si>
+  <si>
+    <t>CLIMETLIMP LIMPIEZAS Y SERVICIOS, S.L.</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.23</t>
+  </si>
+  <si>
+    <t>CERTIFICADO DIGITAL REPRESENTACION ENTIDAD</t>
+  </si>
+  <si>
+    <t>A40573396</t>
+  </si>
+  <si>
+    <t>INFRAESTRUCTURAS Y SERVICIOS DE TELECOMUNICACIONES Y CERTIFICACION SAU (ACCV - ISTEC)</t>
+  </si>
+  <si>
+    <t>MO.12A-1.2025.1</t>
+  </si>
+  <si>
+    <t>SUMINISTRO URGENTE DE BOMBAS SUMERGIBLES DE AGUA BRUTA DE LA EBAR DE LA COPA DE BULLAS</t>
+  </si>
+  <si>
+    <t>Suministros</t>
+  </si>
+  <si>
+    <t>MO.00A.2024.66</t>
+  </si>
+  <si>
+    <t>MANTENIMIENTO ANUAL DEL SOFTWARE DE PRESUPUESTOS SISPRE</t>
+  </si>
+  <si>
+    <t>A28865772</t>
+  </si>
+  <si>
+    <t>TOOL, S.A.</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.40</t>
+  </si>
+  <si>
+    <t>MERCHANDISING GOTA AGUA</t>
+  </si>
+  <si>
+    <t>B04650982</t>
+  </si>
+  <si>
+    <t>SOL MARKETING PROMOCIONAL SL</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.1</t>
+  </si>
+  <si>
+    <t>CERTIFICADOS DIGITALES EMPLEADO PUBLICO 2025</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.5</t>
+  </si>
+  <si>
+    <t>SUMINISTRO IMPRESORA AREA ECONOMICA</t>
+  </si>
+  <si>
+    <t>B73449290</t>
+  </si>
+  <si>
+    <t>BUSINESS INTELLIGENCE TECHNOLOGY SL (BITEC)</t>
+  </si>
+  <si>
+    <t>MO.10AN.2025.1</t>
+  </si>
+  <si>
+    <t>SUSTITUCION DE PC DE CENTRO DE CONTROL EN EDAR DE BENIEL</t>
+  </si>
+  <si>
+    <t>MO.901B.2025.1</t>
+  </si>
+  <si>
+    <t>RENOVACION DEL POLIPASTO DEL POZO DE AGUA BRUTA DE LA EDAR DE SANTOMERA</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.38</t>
+  </si>
+  <si>
+    <t>RENOVACION DE 3 PCS SOBREMESA 2 ESTACIONES DE TRABAJO, 1 PC PORTATIL Y 1 MONITOR 24"</t>
+  </si>
+  <si>
+    <t>MO.08D.2025.1</t>
+  </si>
+  <si>
+    <t>ADECUACION DE LA INSTALACION ELECTRICA EN LA EDAR DE CONDADO DE ALHAMA</t>
+  </si>
+  <si>
+    <t>U09814716</t>
+  </si>
+  <si>
+    <t>UTE ZONA BAJO GUADALENTIN (ACSA-VECTORIS)</t>
+  </si>
+  <si>
+    <t>MO.29A-1.2025.1</t>
+  </si>
+  <si>
+    <t>B73560856</t>
+  </si>
+  <si>
+    <t>TECNOLOGIAS Y SISTEMAS HIDRICOS SL</t>
+  </si>
+  <si>
+    <t>MO.04A-1.2025.3</t>
+  </si>
+  <si>
+    <t>IMPLANTACION DE MEDIDAS DE SEGURIDAD FRENTE A LA EXPOSICION DE GASES EN LA EBAR DE ALBUDEITE (MURCIA)</t>
+  </si>
+  <si>
+    <t>MO.37A.2025.1</t>
+  </si>
+  <si>
+    <t>ACTUACIONES URGENTES PARA LA MEJORA DE LA REGULACION DEL PROCESO DE FILTRACION DEL TRATAMIENTO TERCIARIO DE LA EDAR DE TORRE PACHECO</t>
+  </si>
+  <si>
+    <t>U09823063</t>
+  </si>
+  <si>
+    <t>UTE CAMPO DE CARTAGENA (GLOBAL OMNIUM-HIDROCONTA)</t>
+  </si>
+  <si>
+    <t>77514266B</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.24</t>
+  </si>
+  <si>
+    <t>CONTRATACION DE SERVICIOS POSTALES</t>
+  </si>
+  <si>
+    <t>A83052407</t>
+  </si>
+  <si>
+    <t>SOCIEDAD ESTATAL CORREOS Y TELEGRAFOS, S.A.</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.34</t>
+  </si>
+  <si>
+    <t>CREACION PIEZA CONMEMORATIVA 25 ANIVERSARIO LEY DE SANEAMIENTO Y DEPURACION DE AGUAS RESIDUALES</t>
+  </si>
+  <si>
+    <t>B73288565</t>
+  </si>
+  <si>
+    <t>HIJOS DE JORGE LOPEZ, S.L.</t>
+  </si>
+  <si>
+    <t>MO.00A.2025.30</t>
+  </si>
+  <si>
+    <t>ASISTENCIA TECNICA PARA EL SEGUIMIENTO Y JUSTIFICACION DEL PROYECTO REGEN-IA REGION DE MURCIA</t>
+  </si>
+  <si>
+    <t>B73419269</t>
+  </si>
+  <si>
+    <t>EURO VERTICE, S.L.</t>
+  </si>
+  <si>
     <t>LACROIX SOFREL ESPA?A SLU</t>
   </si>
   <si>
-    <t>MO.00A.2025.14</t>
-[...128 lines deleted...]
-    <t>****093**</t>
+    <t>CONTRATACION SERVICIO CATERING. ALMUERZO REUNION DE TRABAJO 9 OCTUBRE 2025</t>
+  </si>
+  <si>
+    <t>MO.MI.2025.3</t>
+  </si>
+  <si>
+    <t>SERVICIO DE COORDINACION DE SEGURIDAD Y SALUD PARA ACTUACIONES MENORES PROMOVIDAS POR ESAMUR (2025)</t>
+  </si>
+  <si>
+    <t>B73416067</t>
+  </si>
+  <si>
+    <t>JEVEAL INGENIERIA Y SEGURIDAD, S.L.</t>
+  </si>
+  <si>
+    <t>TELEFONICA SOLUCIONES DE INFORMATICA Y COMUNICACIONES DE ESPAÑA SAU</t>
+  </si>
+  <si>
+    <t>ADECUACION DE LA CONDUCCION Nº 1 DE LA IMPULSION DE LA EBAR DE MULA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
   </numFmts>
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="0"/>
-      <name val="Aptos Narrow"/>
+      <color rgb="FFFFFFFF"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
-      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
       <sz val="12"/>
-      <color theme="0"/>
-      <name val="Aptos Narrow"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="4">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9"/>
-        <bgColor theme="9"/>
+        <fgColor rgb="FF70AD47"/>
+        <bgColor rgb="FF70AD47"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFE2EFDA"/>
+        <bgColor rgb="FFE2EFDA"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor theme="9" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="3">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FFA9D08E"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color rgb="FFA9D08E"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFA9D08E"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="thin">
+        <color rgb="FFA9D08E"/>
+      </top>
+      <bottom style="thin">
+        <color rgb="FFA9D08E"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </left>
       <right/>
       <top style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </top>
       <bottom style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </top>
       <bottom style="thin">
         <color theme="9" tint="0.39997558519241921"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="18">
+  <cellXfs count="28">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -934,1222 +1282,3750 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{355169C8-6594-432E-97C4-8AF8D7CCE0BE}">
-  <dimension ref="A1:J35"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F58ECA6F-40C7-4AC2-B377-E2E7C7B418E2}">
+  <dimension ref="A1:J60"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A27" workbookViewId="0">
-      <selection activeCell="B41" sqref="B41"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="G30" sqref="G30"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="18.28515625" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="12" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="19" customWidth="1"/>
+    <col min="2" max="2" width="57" customWidth="1"/>
+    <col min="3" max="3" width="13.42578125" customWidth="1"/>
+    <col min="6" max="6" width="12.28515625" customWidth="1"/>
+    <col min="7" max="7" width="12" customWidth="1"/>
+    <col min="8" max="8" width="32.28515625" customWidth="1"/>
+    <col min="9" max="9" width="10.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="1" t="s">
+    <row r="1" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="2" t="s">
+      <c r="B1" s="13" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="3" t="s">
+      <c r="C1" s="13" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="3" t="s">
+      <c r="D1" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="3" t="s">
+      <c r="E1" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="F1" s="3" t="s">
+      <c r="F1" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="G1" s="3" t="s">
+      <c r="G1" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="H1" s="4" t="s">
+      <c r="H1" s="13" t="s">
         <v>7</v>
       </c>
-      <c r="I1" s="3" t="s">
+      <c r="I1" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="J1" s="3" t="s">
+      <c r="J1" s="13" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
-      <c r="A2" s="5" t="s">
+      <c r="A2" s="14" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="6" t="s">
+      <c r="B2" s="15" t="s">
         <v>11</v>
       </c>
-      <c r="C2" s="7">
+      <c r="C2" s="16">
+        <v>6972.59</v>
+      </c>
+      <c r="D2" s="16">
+        <v>1464.24</v>
+      </c>
+      <c r="E2" s="17">
+        <v>2.13</v>
+      </c>
+      <c r="F2" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" s="18" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" s="26">
+        <v>4</v>
+      </c>
+      <c r="J2" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="19" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" s="21">
+        <v>19110</v>
+      </c>
+      <c r="D3" s="21">
+        <v>4013.1</v>
+      </c>
+      <c r="E3" s="22">
+        <v>1</v>
+      </c>
+      <c r="F3" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="I3" s="27">
+        <v>4</v>
+      </c>
+      <c r="J3" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A4" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="15" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="16">
         <v>36604.449999999997</v>
       </c>
-      <c r="D2" s="7">
+      <c r="D4" s="16">
         <v>7686.93</v>
       </c>
-      <c r="E2" s="8">
+      <c r="E4" s="17">
         <v>2.97</v>
       </c>
-      <c r="F2" s="8" t="s">
+      <c r="F4" s="17" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="8" t="s">
+      <c r="G4" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="26">
+        <v>1</v>
+      </c>
+      <c r="J4" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A5" s="19" t="s">
+        <v>202</v>
+      </c>
+      <c r="B5" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="C5" s="21">
+        <v>24586.59</v>
+      </c>
+      <c r="D5" s="21">
+        <v>5163.18</v>
+      </c>
+      <c r="E5" s="22">
+        <v>1.61</v>
+      </c>
+      <c r="F5" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="22" t="s">
+        <v>204</v>
+      </c>
+      <c r="H5" s="23" t="s">
+        <v>205</v>
+      </c>
+      <c r="I5" s="27">
+        <v>3</v>
+      </c>
+      <c r="J5" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A6" s="14" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" s="15" t="s">
+        <v>24</v>
+      </c>
+      <c r="C6" s="16">
+        <v>2332</v>
+      </c>
+      <c r="D6" s="16">
+        <v>489.72</v>
+      </c>
+      <c r="E6" s="17">
+        <v>2.4500000000000002</v>
+      </c>
+      <c r="F6" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="H6" s="18" t="s">
+        <v>26</v>
+      </c>
+      <c r="I6" s="26">
+        <v>1</v>
+      </c>
+      <c r="J6" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" s="20" t="s">
+        <v>28</v>
+      </c>
+      <c r="C7" s="21">
+        <v>6255.86</v>
+      </c>
+      <c r="D7" s="21">
+        <v>1313.73</v>
+      </c>
+      <c r="E7" s="22">
+        <v>1</v>
+      </c>
+      <c r="F7" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H7" s="23" t="s">
         <v>14</v>
       </c>
-      <c r="I2" s="16">
+      <c r="I7" s="27">
+        <v>4</v>
+      </c>
+      <c r="J7" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="14" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="16">
+        <v>5324</v>
+      </c>
+      <c r="D8" s="16">
+        <v>1118.04</v>
+      </c>
+      <c r="E8" s="17">
+        <v>3</v>
+      </c>
+      <c r="F8" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="H8" s="18" t="s">
+        <v>32</v>
+      </c>
+      <c r="I8" s="26">
+        <v>2</v>
+      </c>
+      <c r="J8" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A9" s="19" t="s">
+        <v>206</v>
+      </c>
+      <c r="B9" s="20" t="s">
+        <v>235</v>
+      </c>
+      <c r="C9" s="21">
+        <v>14458.5</v>
+      </c>
+      <c r="D9" s="21">
+        <v>3036.29</v>
+      </c>
+      <c r="E9" s="22">
+        <v>2</v>
+      </c>
+      <c r="F9" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="22" t="s">
+        <v>207</v>
+      </c>
+      <c r="H9" s="23" t="s">
+        <v>208</v>
+      </c>
+      <c r="I9" s="27">
+        <v>3</v>
+      </c>
+      <c r="J9" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B10" s="15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" s="16">
+        <v>33349.120000000003</v>
+      </c>
+      <c r="D10" s="16">
+        <v>7003.32</v>
+      </c>
+      <c r="E10" s="17">
+        <v>1.97</v>
+      </c>
+      <c r="F10" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="17" t="s">
+        <v>21</v>
+      </c>
+      <c r="H10" s="18" t="s">
+        <v>22</v>
+      </c>
+      <c r="I10" s="26">
+        <v>3</v>
+      </c>
+      <c r="J10" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="19" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="20" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" s="21">
+        <v>2923.63</v>
+      </c>
+      <c r="D11" s="21">
+        <v>613.96</v>
+      </c>
+      <c r="E11" s="22">
+        <v>0.23</v>
+      </c>
+      <c r="F11" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="I11" s="27">
+        <v>2</v>
+      </c>
+      <c r="J11" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="14" t="s">
+        <v>39</v>
+      </c>
+      <c r="B12" s="15" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="16">
+        <v>33035.769999999997</v>
+      </c>
+      <c r="D12" s="16">
+        <v>6937.51</v>
+      </c>
+      <c r="E12" s="17">
+        <v>2.97</v>
+      </c>
+      <c r="F12" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="17" t="s">
+        <v>41</v>
+      </c>
+      <c r="H12" s="18" t="s">
+        <v>42</v>
+      </c>
+      <c r="I12" s="26">
         <v>1</v>
       </c>
-      <c r="J2" s="8">
-[...4 lines deleted...]
-      <c r="A3" s="10" t="s">
+      <c r="J12" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="19" t="s">
+        <v>209</v>
+      </c>
+      <c r="B13" s="20" t="s">
+        <v>210</v>
+      </c>
+      <c r="C13" s="21">
+        <v>4705.03</v>
+      </c>
+      <c r="D13" s="21">
+        <v>988.06</v>
+      </c>
+      <c r="E13" s="22">
+        <v>2</v>
+      </c>
+      <c r="F13" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H13" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="I13" s="27">
+        <v>3</v>
+      </c>
+      <c r="J13" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="B14" s="15" t="s">
+        <v>212</v>
+      </c>
+      <c r="C14" s="16">
+        <v>33941.360000000001</v>
+      </c>
+      <c r="D14" s="16">
+        <v>7127.68</v>
+      </c>
+      <c r="E14" s="17">
+        <v>2</v>
+      </c>
+      <c r="F14" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="17" t="s">
+        <v>213</v>
+      </c>
+      <c r="H14" s="18" t="s">
+        <v>214</v>
+      </c>
+      <c r="I14" s="26">
+        <v>3</v>
+      </c>
+      <c r="J14" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" s="20" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" s="21">
+        <v>19607</v>
+      </c>
+      <c r="D15" s="21">
+        <v>4117.47</v>
+      </c>
+      <c r="E15" s="22">
+        <v>2</v>
+      </c>
+      <c r="F15" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="22" t="s">
+        <v>45</v>
+      </c>
+      <c r="H15" s="23" t="s">
+        <v>46</v>
+      </c>
+      <c r="I15" s="27">
+        <v>4</v>
+      </c>
+      <c r="J15" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" s="15" t="s">
+        <v>48</v>
+      </c>
+      <c r="C16" s="16">
+        <v>21900.25</v>
+      </c>
+      <c r="D16" s="16">
+        <v>4599.05</v>
+      </c>
+      <c r="E16" s="17">
+        <v>3</v>
+      </c>
+      <c r="F16" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="17" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="18" t="s">
+        <v>18</v>
+      </c>
+      <c r="I16" s="26">
+        <v>2</v>
+      </c>
+      <c r="J16" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A17" s="19" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" s="20" t="s">
+        <v>50</v>
+      </c>
+      <c r="C17" s="21">
+        <v>35360.79</v>
+      </c>
+      <c r="D17" s="21">
+        <v>7425.77</v>
+      </c>
+      <c r="E17" s="22">
+        <v>1.97</v>
+      </c>
+      <c r="F17" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="22" t="s">
+        <v>51</v>
+      </c>
+      <c r="H17" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="I17" s="27">
+        <v>2</v>
+      </c>
+      <c r="J17" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A18" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B18" s="15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C18" s="16">
+        <v>34981.550000000003</v>
+      </c>
+      <c r="D18" s="16">
+        <v>7346.13</v>
+      </c>
+      <c r="E18" s="17">
+        <v>2</v>
+      </c>
+      <c r="F18" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="17" t="s">
+        <v>55</v>
+      </c>
+      <c r="H18" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="I18" s="26">
+        <v>4</v>
+      </c>
+      <c r="J18" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" s="20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" s="21">
+        <v>16250</v>
+      </c>
+      <c r="D19" s="21">
+        <v>3412.5</v>
+      </c>
+      <c r="E19" s="22">
+        <v>2.13</v>
+      </c>
+      <c r="F19" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="22" t="s">
+        <v>37</v>
+      </c>
+      <c r="H19" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="I19" s="27">
+        <v>4</v>
+      </c>
+      <c r="J19" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A20" s="14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B20" s="15" t="s">
+        <v>60</v>
+      </c>
+      <c r="C20" s="16">
+        <v>39850</v>
+      </c>
+      <c r="D20" s="16">
+        <v>8368.5</v>
+      </c>
+      <c r="E20" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="F20" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" s="17" t="s">
+        <v>61</v>
+      </c>
+      <c r="H20" s="18" t="s">
+        <v>62</v>
+      </c>
+      <c r="I20" s="26">
+        <v>1</v>
+      </c>
+      <c r="J20" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A21" s="19" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="C21" s="21">
+        <v>21110.6</v>
+      </c>
+      <c r="D21" s="21">
+        <v>4433.2299999999996</v>
+      </c>
+      <c r="E21" s="22">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F21" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="H21" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="I21" s="27">
+        <v>2</v>
+      </c>
+      <c r="J21" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A22" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="16">
+        <v>25726.38</v>
+      </c>
+      <c r="D22" s="16">
+        <v>5402.54</v>
+      </c>
+      <c r="E22" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="F22" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" s="17" t="s">
+        <v>67</v>
+      </c>
+      <c r="H22" s="18" t="s">
+        <v>68</v>
+      </c>
+      <c r="I22" s="26">
+        <v>1</v>
+      </c>
+      <c r="J22" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A23" s="19" t="s">
+        <v>69</v>
+      </c>
+      <c r="B23" s="20" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" s="21">
+        <v>6556</v>
+      </c>
+      <c r="D23" s="21">
+        <v>1376.76</v>
+      </c>
+      <c r="E23" s="22">
+        <v>1.97</v>
+      </c>
+      <c r="F23" s="22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" s="22" t="s">
+        <v>71</v>
+      </c>
+      <c r="H23" s="23" t="s">
+        <v>72</v>
+      </c>
+      <c r="I23" s="27">
+        <v>2</v>
+      </c>
+      <c r="J23" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A24" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B24" s="15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C24" s="16">
+        <v>4075</v>
+      </c>
+      <c r="D24" s="16">
+        <v>855.75</v>
+      </c>
+      <c r="E24" s="17">
+        <v>5.42</v>
+      </c>
+      <c r="F24" s="17" t="s">
+        <v>75</v>
+      </c>
+      <c r="G24" s="17" t="s">
+        <v>215</v>
+      </c>
+      <c r="H24" s="18" t="s">
+        <v>77</v>
+      </c>
+      <c r="I24" s="26">
+        <v>3</v>
+      </c>
+      <c r="J24" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="19" t="s">
+        <v>78</v>
+      </c>
+      <c r="B25" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C25" s="21">
+        <v>13400</v>
+      </c>
+      <c r="D25" s="21">
+        <v>2814</v>
+      </c>
+      <c r="E25" s="22">
+        <v>10.16</v>
+      </c>
+      <c r="F25" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G25" s="22" t="s">
+        <v>81</v>
+      </c>
+      <c r="H25" s="23" t="s">
+        <v>82</v>
+      </c>
+      <c r="I25" s="27">
+        <v>1</v>
+      </c>
+      <c r="J25" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="14" t="s">
+        <v>83</v>
+      </c>
+      <c r="B26" s="15" t="s">
+        <v>84</v>
+      </c>
+      <c r="C26" s="16">
+        <v>6100</v>
+      </c>
+      <c r="D26" s="16">
+        <v>1281</v>
+      </c>
+      <c r="E26" s="17">
+        <v>1.45</v>
+      </c>
+      <c r="F26" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G26" s="17" t="s">
+        <v>85</v>
+      </c>
+      <c r="H26" s="18" t="s">
+        <v>86</v>
+      </c>
+      <c r="I26" s="26">
+        <v>2</v>
+      </c>
+      <c r="J26" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B27" s="20" t="s">
+        <v>88</v>
+      </c>
+      <c r="C27" s="21">
+        <v>1347.19</v>
+      </c>
+      <c r="D27" s="21">
+        <v>282.91000000000003</v>
+      </c>
+      <c r="E27" s="22">
+        <v>2.35</v>
+      </c>
+      <c r="F27" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G27" s="22" t="s">
+        <v>89</v>
+      </c>
+      <c r="H27" s="23" t="s">
+        <v>90</v>
+      </c>
+      <c r="I27" s="27">
+        <v>4</v>
+      </c>
+      <c r="J27" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="14" t="s">
+        <v>91</v>
+      </c>
+      <c r="B28" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C28" s="16">
+        <v>14900</v>
+      </c>
+      <c r="D28" s="16">
+        <v>3129</v>
+      </c>
+      <c r="E28" s="17">
+        <v>6.65</v>
+      </c>
+      <c r="F28" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G28" s="17" t="s">
+        <v>93</v>
+      </c>
+      <c r="H28" s="18" t="s">
+        <v>94</v>
+      </c>
+      <c r="I28" s="26">
+        <v>2</v>
+      </c>
+      <c r="J28" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A29" s="19" t="s">
+        <v>95</v>
+      </c>
+      <c r="B29" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="C29" s="21">
+        <v>11927</v>
+      </c>
+      <c r="D29" s="21">
+        <v>2504.67</v>
+      </c>
+      <c r="E29" s="22">
+        <v>2.97</v>
+      </c>
+      <c r="F29" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G29" s="22" t="s">
+        <v>97</v>
+      </c>
+      <c r="H29" s="23" t="s">
+        <v>98</v>
+      </c>
+      <c r="I29" s="27">
+        <v>1</v>
+      </c>
+      <c r="J29" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A30" s="14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B30" s="15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C30" s="16">
+        <v>800</v>
+      </c>
+      <c r="D30" s="16">
+        <v>168</v>
+      </c>
+      <c r="E30" s="17">
+        <v>10.45</v>
+      </c>
+      <c r="F30" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G30" s="17" t="s">
+        <v>101</v>
+      </c>
+      <c r="H30" s="18" t="s">
+        <v>102</v>
+      </c>
+      <c r="I30" s="26">
+        <v>1</v>
+      </c>
+      <c r="J30" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="19" t="s">
+        <v>103</v>
+      </c>
+      <c r="B31" s="20" t="s">
+        <v>104</v>
+      </c>
+      <c r="C31" s="21">
+        <v>173.27</v>
+      </c>
+      <c r="D31" s="21">
+        <v>36.39</v>
+      </c>
+      <c r="E31" s="22">
+        <v>0.84</v>
+      </c>
+      <c r="F31" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G31" s="22" t="s">
+        <v>105</v>
+      </c>
+      <c r="H31" s="23" t="s">
+        <v>106</v>
+      </c>
+      <c r="I31" s="27">
+        <v>2</v>
+      </c>
+      <c r="J31" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A32" s="14" t="s">
+        <v>107</v>
+      </c>
+      <c r="B32" s="15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C32" s="16">
+        <v>6500</v>
+      </c>
+      <c r="D32" s="16">
+        <v>1365</v>
+      </c>
+      <c r="E32" s="17">
+        <v>1.94</v>
+      </c>
+      <c r="F32" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G32" s="17" t="s">
+        <v>109</v>
+      </c>
+      <c r="H32" s="18" t="s">
+        <v>110</v>
+      </c>
+      <c r="I32" s="26">
+        <v>3</v>
+      </c>
+      <c r="J32" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B33" s="20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C33" s="21">
+        <v>757.06</v>
+      </c>
+      <c r="D33" s="21">
+        <v>158.97999999999999</v>
+      </c>
+      <c r="E33" s="22">
+        <v>0.32</v>
+      </c>
+      <c r="F33" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G33" s="22" t="s">
+        <v>113</v>
+      </c>
+      <c r="H33" s="23" t="s">
+        <v>114</v>
+      </c>
+      <c r="I33" s="27">
+        <v>1</v>
+      </c>
+      <c r="J33" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A34" s="14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B34" s="15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C34" s="16">
+        <v>4191</v>
+      </c>
+      <c r="D34" s="16">
+        <v>880.11</v>
+      </c>
+      <c r="E34" s="17">
+        <v>3</v>
+      </c>
+      <c r="F34" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G34" s="17" t="s">
+        <v>117</v>
+      </c>
+      <c r="H34" s="18" t="s">
+        <v>118</v>
+      </c>
+      <c r="I34" s="26">
+        <v>2</v>
+      </c>
+      <c r="J34" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A35" s="19" t="s">
+        <v>216</v>
+      </c>
+      <c r="B35" s="20" t="s">
+        <v>217</v>
+      </c>
+      <c r="C35" s="21">
+        <v>4000</v>
+      </c>
+      <c r="D35" s="21">
+        <v>840</v>
+      </c>
+      <c r="E35" s="22">
+        <v>11.97</v>
+      </c>
+      <c r="F35" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G35" s="22" t="s">
+        <v>218</v>
+      </c>
+      <c r="H35" s="23" t="s">
+        <v>219</v>
+      </c>
+      <c r="I35" s="27">
+        <v>2</v>
+      </c>
+      <c r="J35" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A36" s="14" t="s">
+        <v>220</v>
+      </c>
+      <c r="B36" s="15" t="s">
+        <v>221</v>
+      </c>
+      <c r="C36" s="16">
+        <v>1787.6</v>
+      </c>
+      <c r="D36" s="16">
+        <v>375.4</v>
+      </c>
+      <c r="E36" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="F36" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G36" s="17" t="s">
+        <v>222</v>
+      </c>
+      <c r="H36" s="18" t="s">
+        <v>223</v>
+      </c>
+      <c r="I36" s="26">
+        <v>4</v>
+      </c>
+      <c r="J36" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="19" t="s">
+        <v>119</v>
+      </c>
+      <c r="B37" s="20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C37" s="21">
+        <v>14950</v>
+      </c>
+      <c r="D37" s="21">
+        <v>3139.5</v>
+      </c>
+      <c r="E37" s="22">
+        <v>1</v>
+      </c>
+      <c r="F37" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G37" s="22" t="s">
+        <v>121</v>
+      </c>
+      <c r="H37" s="23" t="s">
+        <v>122</v>
+      </c>
+      <c r="I37" s="27">
+        <v>2</v>
+      </c>
+      <c r="J37" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A38" s="25" t="s">
+        <v>224</v>
+      </c>
+      <c r="B38" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="C38" s="16">
+        <v>13950</v>
+      </c>
+      <c r="D38" s="16">
+        <v>2929.5</v>
+      </c>
+      <c r="E38" s="17">
+        <v>11.97</v>
+      </c>
+      <c r="F38" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G38" s="17" t="s">
+        <v>226</v>
+      </c>
+      <c r="H38" s="18" t="s">
+        <v>227</v>
+      </c>
+      <c r="I38" s="26">
+        <v>3</v>
+      </c>
+      <c r="J38" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="19" t="s">
+        <v>123</v>
+      </c>
+      <c r="B39" s="20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C39" s="21">
+        <v>11971.11</v>
+      </c>
+      <c r="D39" s="21">
+        <v>2513.9299999999998</v>
+      </c>
+      <c r="E39" s="22">
+        <v>4.97</v>
+      </c>
+      <c r="F39" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G39" s="22" t="s">
+        <v>125</v>
+      </c>
+      <c r="H39" s="23" t="s">
+        <v>234</v>
+      </c>
+      <c r="I39" s="27">
+        <v>3</v>
+      </c>
+      <c r="J39" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="14" t="s">
+        <v>127</v>
+      </c>
+      <c r="B40" s="15" t="s">
+        <v>128</v>
+      </c>
+      <c r="C40" s="16">
+        <v>14950</v>
+      </c>
+      <c r="D40" s="16">
+        <v>3139.5</v>
+      </c>
+      <c r="E40" s="17">
+        <v>10.35</v>
+      </c>
+      <c r="F40" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G40" s="17" t="s">
+        <v>129</v>
+      </c>
+      <c r="H40" s="18" t="s">
+        <v>130</v>
+      </c>
+      <c r="I40" s="26">
+        <v>1</v>
+      </c>
+      <c r="J40" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A41" s="19" t="s">
+        <v>131</v>
+      </c>
+      <c r="B41" s="20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C41" s="21">
+        <v>12690</v>
+      </c>
+      <c r="D41" s="21">
+        <v>2664.9</v>
+      </c>
+      <c r="E41" s="22">
+        <v>9.77</v>
+      </c>
+      <c r="F41" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G41" s="22" t="s">
+        <v>133</v>
+      </c>
+      <c r="H41" s="23" t="s">
+        <v>134</v>
+      </c>
+      <c r="I41" s="27">
+        <v>1</v>
+      </c>
+      <c r="J41" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A42" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="B42" s="15" t="s">
+        <v>136</v>
+      </c>
+      <c r="C42" s="16">
+        <v>11100.32</v>
+      </c>
+      <c r="D42" s="16">
+        <v>2331.0700000000002</v>
+      </c>
+      <c r="E42" s="17">
+        <v>0.97</v>
+      </c>
+      <c r="F42" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G42" s="17" t="s">
+        <v>137</v>
+      </c>
+      <c r="H42" s="18" t="s">
+        <v>138</v>
+      </c>
+      <c r="I42" s="26">
+        <v>1</v>
+      </c>
+      <c r="J42" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A43" s="19" t="s">
+        <v>139</v>
+      </c>
+      <c r="B43" s="20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C43" s="21">
+        <v>818</v>
+      </c>
+      <c r="D43" s="21">
+        <v>171.78</v>
+      </c>
+      <c r="E43" s="22">
+        <v>11.97</v>
+      </c>
+      <c r="F43" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G43" s="22" t="s">
+        <v>141</v>
+      </c>
+      <c r="H43" s="23" t="s">
+        <v>228</v>
+      </c>
+      <c r="I43" s="27">
+        <v>1</v>
+      </c>
+      <c r="J43" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A44" s="14" t="s">
+        <v>143</v>
+      </c>
+      <c r="B44" s="15" t="s">
+        <v>144</v>
+      </c>
+      <c r="C44" s="16">
+        <v>8948.6</v>
+      </c>
+      <c r="D44" s="16">
+        <v>1879.21</v>
+      </c>
+      <c r="E44" s="17">
+        <v>9.48</v>
+      </c>
+      <c r="F44" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G44" s="17" t="s">
+        <v>145</v>
+      </c>
+      <c r="H44" s="18" t="s">
+        <v>146</v>
+      </c>
+      <c r="I44" s="26">
+        <v>1</v>
+      </c>
+      <c r="J44" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A45" s="19" t="s">
+        <v>151</v>
+      </c>
+      <c r="B45" s="20" t="s">
+        <v>229</v>
+      </c>
+      <c r="C45" s="21">
+        <v>763.64</v>
+      </c>
+      <c r="D45" s="21">
+        <v>160.36000000000001</v>
+      </c>
+      <c r="E45" s="22">
+        <v>0.9</v>
+      </c>
+      <c r="F45" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G45" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="H45" s="23" t="s">
+        <v>154</v>
+      </c>
+      <c r="I45" s="27">
+        <v>4</v>
+      </c>
+      <c r="J45" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A46" s="14" t="s">
+        <v>147</v>
+      </c>
+      <c r="B46" s="15" t="s">
+        <v>148</v>
+      </c>
+      <c r="C46" s="16">
+        <v>180</v>
+      </c>
+      <c r="D46" s="16">
+        <v>37.799999999999997</v>
+      </c>
+      <c r="E46" s="17">
+        <v>10.61</v>
+      </c>
+      <c r="F46" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G46" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="H46" s="18" t="s">
+        <v>150</v>
+      </c>
+      <c r="I46" s="26">
+        <v>1</v>
+      </c>
+      <c r="J46" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A47" s="19" t="s">
+        <v>155</v>
+      </c>
+      <c r="B47" s="20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C47" s="21">
+        <v>7960.68</v>
+      </c>
+      <c r="D47" s="21">
+        <v>1671.74</v>
+      </c>
+      <c r="E47" s="22">
+        <v>9.61</v>
+      </c>
+      <c r="F47" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G47" s="22" t="s">
+        <v>157</v>
+      </c>
+      <c r="H47" s="23" t="s">
+        <v>158</v>
+      </c>
+      <c r="I47" s="27">
+        <v>1</v>
+      </c>
+      <c r="J47" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A48" s="14" t="s">
+        <v>159</v>
+      </c>
+      <c r="B48" s="15" t="s">
+        <v>160</v>
+      </c>
+      <c r="C48" s="16">
+        <v>415.46</v>
+      </c>
+      <c r="D48" s="16">
+        <v>0</v>
+      </c>
+      <c r="E48" s="17">
+        <v>11.97</v>
+      </c>
+      <c r="F48" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G48" s="17" t="s">
+        <v>161</v>
+      </c>
+      <c r="H48" s="18" t="s">
+        <v>162</v>
+      </c>
+      <c r="I48" s="26">
+        <v>1</v>
+      </c>
+      <c r="J48" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A49" s="19" t="s">
+        <v>163</v>
+      </c>
+      <c r="B49" s="20" t="s">
+        <v>164</v>
+      </c>
+      <c r="C49" s="21">
+        <v>4250</v>
+      </c>
+      <c r="D49" s="21">
+        <v>892.5</v>
+      </c>
+      <c r="E49" s="22">
+        <v>2.1</v>
+      </c>
+      <c r="F49" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G49" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="H49" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="I49" s="27">
+        <v>2</v>
+      </c>
+      <c r="J49" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A50" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="B50" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="C50" s="16">
+        <v>14200</v>
+      </c>
+      <c r="D50" s="16">
+        <v>2982</v>
+      </c>
+      <c r="E50" s="17">
+        <v>6.87</v>
+      </c>
+      <c r="F50" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G50" s="17" t="s">
+        <v>173</v>
+      </c>
+      <c r="H50" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="I50" s="26">
+        <v>3</v>
+      </c>
+      <c r="J50" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A51" s="19" t="s">
+        <v>230</v>
+      </c>
+      <c r="B51" s="20" t="s">
+        <v>231</v>
+      </c>
+      <c r="C51" s="21">
+        <v>7796.88</v>
+      </c>
+      <c r="D51" s="21">
+        <v>1637.34</v>
+      </c>
+      <c r="E51" s="22">
+        <v>2.97</v>
+      </c>
+      <c r="F51" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="G51" s="22" t="s">
+        <v>232</v>
+      </c>
+      <c r="H51" s="23" t="s">
+        <v>233</v>
+      </c>
+      <c r="I51" s="27">
+        <v>4</v>
+      </c>
+      <c r="J51" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="B52" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="C52" s="16">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="D52" s="16">
+        <v>8.4600000000000009</v>
+      </c>
+      <c r="E52" s="17">
+        <v>7.77</v>
+      </c>
+      <c r="F52" s="17" t="s">
+        <v>80</v>
+      </c>
+      <c r="G52" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="H52" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="I52" s="26">
+        <v>2</v>
+      </c>
+      <c r="J52" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A53" s="19" t="s">
+        <v>179</v>
+      </c>
+      <c r="B53" s="20" t="s">
+        <v>180</v>
+      </c>
+      <c r="C53" s="21">
+        <v>10847.42</v>
+      </c>
+      <c r="D53" s="21">
+        <v>2277.96</v>
+      </c>
+      <c r="E53" s="22">
+        <v>0.97</v>
+      </c>
+      <c r="F53" s="22" t="s">
+        <v>181</v>
+      </c>
+      <c r="G53" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="H53" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="I53" s="27">
+        <v>2</v>
+      </c>
+      <c r="J53" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="54" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A54" s="14" t="s">
+        <v>182</v>
+      </c>
+      <c r="B54" s="15" t="s">
+        <v>183</v>
+      </c>
+      <c r="C54" s="16">
+        <v>830</v>
+      </c>
+      <c r="D54" s="16">
+        <v>174.3</v>
+      </c>
+      <c r="E54" s="17">
+        <v>11.97</v>
+      </c>
+      <c r="F54" s="17" t="s">
+        <v>181</v>
+      </c>
+      <c r="G54" s="17" t="s">
+        <v>184</v>
+      </c>
+      <c r="H54" s="18" t="s">
+        <v>185</v>
+      </c>
+      <c r="I54" s="26">
+        <v>1</v>
+      </c>
+      <c r="J54" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="55" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A55" s="19" t="s">
+        <v>186</v>
+      </c>
+      <c r="B55" s="20" t="s">
+        <v>187</v>
+      </c>
+      <c r="C55" s="21">
+        <v>2925</v>
+      </c>
+      <c r="D55" s="21">
+        <v>614.25</v>
+      </c>
+      <c r="E55" s="22">
+        <v>1</v>
+      </c>
+      <c r="F55" s="22" t="s">
+        <v>181</v>
+      </c>
+      <c r="G55" s="22" t="s">
+        <v>188</v>
+      </c>
+      <c r="H55" s="23" t="s">
+        <v>189</v>
+      </c>
+      <c r="I55" s="27">
+        <v>4</v>
+      </c>
+      <c r="J55" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="14" t="s">
+        <v>190</v>
+      </c>
+      <c r="B56" s="15" t="s">
+        <v>191</v>
+      </c>
+      <c r="C56" s="16">
+        <v>147.30000000000001</v>
+      </c>
+      <c r="D56" s="16">
+        <v>30.93</v>
+      </c>
+      <c r="E56" s="17">
+        <v>11.97</v>
+      </c>
+      <c r="F56" s="17" t="s">
+        <v>181</v>
+      </c>
+      <c r="G56" s="17" t="s">
+        <v>177</v>
+      </c>
+      <c r="H56" s="18" t="s">
+        <v>178</v>
+      </c>
+      <c r="I56" s="26">
+        <v>1</v>
+      </c>
+      <c r="J56" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="57" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A57" s="19" t="s">
+        <v>192</v>
+      </c>
+      <c r="B57" s="20" t="s">
+        <v>193</v>
+      </c>
+      <c r="C57" s="21">
+        <v>172.5</v>
+      </c>
+      <c r="D57" s="21">
+        <v>36.229999999999997</v>
+      </c>
+      <c r="E57" s="22">
+        <v>0.87</v>
+      </c>
+      <c r="F57" s="22" t="s">
+        <v>181</v>
+      </c>
+      <c r="G57" s="22" t="s">
+        <v>194</v>
+      </c>
+      <c r="H57" s="23" t="s">
+        <v>195</v>
+      </c>
+      <c r="I57" s="27">
+        <v>1</v>
+      </c>
+      <c r="J57" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="58" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A58" s="14" t="s">
+        <v>196</v>
+      </c>
+      <c r="B58" s="15" t="s">
+        <v>197</v>
+      </c>
+      <c r="C58" s="16">
+        <v>1748.11</v>
+      </c>
+      <c r="D58" s="16">
+        <v>367.1</v>
+      </c>
+      <c r="E58" s="17">
+        <v>4.6100000000000003</v>
+      </c>
+      <c r="F58" s="17" t="s">
+        <v>181</v>
+      </c>
+      <c r="G58" s="17" t="s">
+        <v>51</v>
+      </c>
+      <c r="H58" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="I58" s="26">
+        <v>1</v>
+      </c>
+      <c r="J58" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A59" s="19" t="s">
+        <v>198</v>
+      </c>
+      <c r="B59" s="20" t="s">
+        <v>199</v>
+      </c>
+      <c r="C59" s="21">
+        <v>7290</v>
+      </c>
+      <c r="D59" s="21">
+        <v>1530.9</v>
+      </c>
+      <c r="E59" s="22">
+        <v>1</v>
+      </c>
+      <c r="F59" s="22" t="s">
+        <v>181</v>
+      </c>
+      <c r="G59" s="22" t="s">
+        <v>51</v>
+      </c>
+      <c r="H59" s="23" t="s">
+        <v>52</v>
+      </c>
+      <c r="I59" s="27">
+        <v>4</v>
+      </c>
+      <c r="J59" s="22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A60" s="14" t="s">
+        <v>200</v>
+      </c>
+      <c r="B60" s="15" t="s">
+        <v>201</v>
+      </c>
+      <c r="C60" s="16">
+        <v>5880</v>
+      </c>
+      <c r="D60" s="16">
+        <v>1234.8</v>
+      </c>
+      <c r="E60" s="17">
+        <v>1.03</v>
+      </c>
+      <c r="F60" s="17" t="s">
+        <v>181</v>
+      </c>
+      <c r="G60" s="17" t="s">
+        <v>89</v>
+      </c>
+      <c r="H60" s="18" t="s">
+        <v>90</v>
+      </c>
+      <c r="I60" s="26">
+        <v>4</v>
+      </c>
+      <c r="J60" s="17">
+        <v>2025</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:J60" xr:uid="{6CF8998E-64CB-4B9F-AD7B-6B5DBFA5C26E}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6CF8998E-64CB-4B9F-AD7B-6B5DBFA5C26E}">
+  <dimension ref="A1:J53"/>
+  <sheetViews>
+    <sheetView tabSelected="1" topLeftCell="A42" workbookViewId="0">
+      <selection activeCell="M53" sqref="M53"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="19" customWidth="1"/>
+    <col min="2" max="2" width="52.42578125" customWidth="1"/>
+    <col min="3" max="3" width="13.42578125" customWidth="1"/>
+    <col min="6" max="6" width="12.28515625" customWidth="1"/>
+    <col min="8" max="8" width="30.7109375" customWidth="1"/>
+    <col min="9" max="9" width="10.5703125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A1" s="12" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="13" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" s="13" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" s="13" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" s="13" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" s="13" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="2" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A2" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" s="3">
+        <v>6972.59</v>
+      </c>
+      <c r="D2" s="3">
+        <v>1464.24</v>
+      </c>
+      <c r="E2" s="4">
+        <v>2.13</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I2" s="4">
+        <v>4</v>
+      </c>
+      <c r="J2" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="B3" s="11" t="s">
+      <c r="B3" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="C3" s="12">
+      <c r="C3" s="8">
+        <v>19110</v>
+      </c>
+      <c r="D3" s="8">
+        <v>4013.1</v>
+      </c>
+      <c r="E3" s="9">
+        <v>1</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" s="10" t="s">
+        <v>18</v>
+      </c>
+      <c r="I3" s="9">
+        <v>4</v>
+      </c>
+      <c r="J3" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A4" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" s="3">
+        <v>36604.449999999997</v>
+      </c>
+      <c r="D4" s="3">
+        <v>7686.93</v>
+      </c>
+      <c r="E4" s="4">
+        <v>2.97</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="4">
+        <v>1</v>
+      </c>
+      <c r="J4" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="45" x14ac:dyDescent="0.25">
+      <c r="A5" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" s="8">
         <v>2332</v>
       </c>
-      <c r="D3" s="12">
+      <c r="D5" s="8">
         <v>489.72</v>
       </c>
-      <c r="E3" s="13">
+      <c r="E5" s="9">
         <v>2.4500000000000002</v>
       </c>
-      <c r="F3" s="13" t="s">
+      <c r="F5" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="G3" s="13" t="s">
+      <c r="G5" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>26</v>
+      </c>
+      <c r="I5" s="9">
+        <v>1</v>
+      </c>
+      <c r="J5" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C6" s="3">
+        <v>6255.86</v>
+      </c>
+      <c r="D6" s="3">
+        <v>1313.73</v>
+      </c>
+      <c r="E6" s="4">
+        <v>1</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I6" s="4">
+        <v>4</v>
+      </c>
+      <c r="J6" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A7" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" s="8">
+        <v>5324</v>
+      </c>
+      <c r="D7" s="8">
+        <v>1118.04</v>
+      </c>
+      <c r="E7" s="9">
+        <v>3</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="I7" s="9">
+        <v>2</v>
+      </c>
+      <c r="J7" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" s="3">
+        <v>33349.120000000003</v>
+      </c>
+      <c r="D8" s="3">
+        <v>7003.32</v>
+      </c>
+      <c r="E8" s="4">
+        <v>1.97</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="I8" s="4">
+        <v>3</v>
+      </c>
+      <c r="J8" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A9" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" s="8">
+        <v>2923.63</v>
+      </c>
+      <c r="D9" s="8">
+        <v>613.96</v>
+      </c>
+      <c r="E9" s="9">
+        <v>0.23</v>
+      </c>
+      <c r="F9" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H9" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="I9" s="9">
+        <v>2</v>
+      </c>
+      <c r="J9" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A10" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C10" s="3">
+        <v>33035.769999999997</v>
+      </c>
+      <c r="D10" s="3">
+        <v>6937.51</v>
+      </c>
+      <c r="E10" s="4">
+        <v>2.97</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I10" s="4">
+        <v>1</v>
+      </c>
+      <c r="J10" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C11" s="8">
+        <v>19607</v>
+      </c>
+      <c r="D11" s="8">
+        <v>4117.47</v>
+      </c>
+      <c r="E11" s="9">
+        <v>2</v>
+      </c>
+      <c r="F11" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="H11" s="10" t="s">
+        <v>46</v>
+      </c>
+      <c r="I11" s="9">
+        <v>4</v>
+      </c>
+      <c r="J11" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C12" s="3">
+        <v>21900.25</v>
+      </c>
+      <c r="D12" s="3">
+        <v>4599.05</v>
+      </c>
+      <c r="E12" s="4">
+        <v>3</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" s="4" t="s">
         <v>17</v>
       </c>
-      <c r="H3" s="14" t="s">
+      <c r="H12" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I3" s="17">
+      <c r="I12" s="4">
+        <v>2</v>
+      </c>
+      <c r="J12" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C13" s="8">
+        <v>35360.79</v>
+      </c>
+      <c r="D13" s="8">
+        <v>7425.77</v>
+      </c>
+      <c r="E13" s="9">
+        <v>1.97</v>
+      </c>
+      <c r="F13" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H13" s="10" t="s">
+        <v>52</v>
+      </c>
+      <c r="I13" s="9">
+        <v>2</v>
+      </c>
+      <c r="J13" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A14" s="1" t="s">
+        <v>53</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C14" s="3">
+        <v>34981.550000000003</v>
+      </c>
+      <c r="D14" s="3">
+        <v>7346.13</v>
+      </c>
+      <c r="E14" s="4">
+        <v>2</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" s="4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I14" s="4">
+        <v>4</v>
+      </c>
+      <c r="J14" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A15" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" s="8">
+        <v>16250</v>
+      </c>
+      <c r="D15" s="8">
+        <v>3412.5</v>
+      </c>
+      <c r="E15" s="9">
+        <v>2.13</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="H15" s="10" t="s">
+        <v>38</v>
+      </c>
+      <c r="I15" s="9">
+        <v>4</v>
+      </c>
+      <c r="J15" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="B16" s="2" t="s">
+        <v>60</v>
+      </c>
+      <c r="C16" s="3">
+        <v>39850</v>
+      </c>
+      <c r="D16" s="3">
+        <v>8368.5</v>
+      </c>
+      <c r="E16" s="4">
+        <v>0.97</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I16" s="4">
         <v>1</v>
       </c>
-      <c r="J3" s="13">
-[...16 lines deleted...]
-      <c r="E4" s="8">
+      <c r="J16" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>64</v>
+      </c>
+      <c r="C17" s="8">
+        <v>21110.6</v>
+      </c>
+      <c r="D17" s="8">
+        <v>4433.2299999999996</v>
+      </c>
+      <c r="E17" s="9">
+        <v>0.28999999999999998</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="I17" s="9">
+        <v>2</v>
+      </c>
+      <c r="J17" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="B18" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" s="3">
+        <v>25726.38</v>
+      </c>
+      <c r="D18" s="3">
+        <v>5402.54</v>
+      </c>
+      <c r="E18" s="4">
+        <v>0.97</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I18" s="4">
+        <v>1</v>
+      </c>
+      <c r="J18" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="C19" s="8">
+        <v>6556</v>
+      </c>
+      <c r="D19" s="8">
+        <v>1376.76</v>
+      </c>
+      <c r="E19" s="9">
+        <v>1.97</v>
+      </c>
+      <c r="F19" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="H19" s="10" t="s">
+        <v>72</v>
+      </c>
+      <c r="I19" s="9">
+        <v>2</v>
+      </c>
+      <c r="J19" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A20" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="B20" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C20" s="3">
+        <v>4075</v>
+      </c>
+      <c r="D20" s="3">
+        <v>855.75</v>
+      </c>
+      <c r="E20" s="4">
+        <v>5.42</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="I20" s="4">
         <v>3</v>
       </c>
-      <c r="F4" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I4" s="16">
+      <c r="J20" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A21" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C21" s="8">
+        <v>13400</v>
+      </c>
+      <c r="D21" s="8">
+        <v>2814</v>
+      </c>
+      <c r="E21" s="9">
+        <v>10.16</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G21" s="9" t="s">
+        <v>81</v>
+      </c>
+      <c r="H21" s="10" t="s">
+        <v>82</v>
+      </c>
+      <c r="I21" s="9">
+        <v>1</v>
+      </c>
+      <c r="J21" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
+        <v>83</v>
+      </c>
+      <c r="B22" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C22" s="3">
+        <v>6100</v>
+      </c>
+      <c r="D22" s="3">
+        <v>1281</v>
+      </c>
+      <c r="E22" s="4">
+        <v>1.45</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>85</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="I22" s="4">
         <v>2</v>
       </c>
-      <c r="J4" s="8">
-[...28 lines deleted...]
-      <c r="I5" s="17">
+      <c r="J22" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A23" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="C23" s="8">
+        <v>1347.19</v>
+      </c>
+      <c r="D23" s="8">
+        <v>282.91000000000003</v>
+      </c>
+      <c r="E23" s="9">
+        <v>2.35</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G23" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="H23" s="10" t="s">
+        <v>90</v>
+      </c>
+      <c r="I23" s="9">
+        <v>4</v>
+      </c>
+      <c r="J23" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="B24" s="2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C24" s="3">
+        <v>14900</v>
+      </c>
+      <c r="D24" s="3">
+        <v>3129</v>
+      </c>
+      <c r="E24" s="4">
+        <v>6.65</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G24" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="I24" s="4">
         <v>2</v>
       </c>
-      <c r="J5" s="13">
-[...16 lines deleted...]
-      <c r="E6" s="8">
+      <c r="J24" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A25" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="C25" s="8">
+        <v>11927</v>
+      </c>
+      <c r="D25" s="8">
+        <v>2504.67</v>
+      </c>
+      <c r="E25" s="9">
         <v>2.97</v>
       </c>
-      <c r="F6" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I6" s="16">
+      <c r="F25" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G25" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="H25" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="I25" s="9">
         <v>1</v>
       </c>
-      <c r="J6" s="8">
-[...28 lines deleted...]
-      <c r="I7" s="17">
+      <c r="J25" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" s="2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C26" s="3">
+        <v>800</v>
+      </c>
+      <c r="D26" s="3">
+        <v>168</v>
+      </c>
+      <c r="E26" s="4">
+        <v>10.45</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G26" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="I26" s="4">
+        <v>1</v>
+      </c>
+      <c r="J26" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="6" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="8">
+        <v>173.27</v>
+      </c>
+      <c r="D27" s="8">
+        <v>36.39</v>
+      </c>
+      <c r="E27" s="9">
+        <v>0.84</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G27" s="9" t="s">
+        <v>105</v>
+      </c>
+      <c r="H27" s="10" t="s">
+        <v>106</v>
+      </c>
+      <c r="I27" s="9">
         <v>2</v>
       </c>
-      <c r="J7" s="13">
-[...28 lines deleted...]
-      <c r="I8" s="16">
+      <c r="J27" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C28" s="3">
+        <v>6500</v>
+      </c>
+      <c r="D28" s="3">
+        <v>1365</v>
+      </c>
+      <c r="E28" s="4">
+        <v>1.94</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G28" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="I28" s="4">
+        <v>3</v>
+      </c>
+      <c r="J28" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A29" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="C29" s="8">
+        <v>757.06</v>
+      </c>
+      <c r="D29" s="8">
+        <v>158.97999999999999</v>
+      </c>
+      <c r="E29" s="9">
+        <v>0.32</v>
+      </c>
+      <c r="F29" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G29" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="H29" s="10" t="s">
+        <v>114</v>
+      </c>
+      <c r="I29" s="9">
+        <v>1</v>
+      </c>
+      <c r="J29" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="C30" s="3">
+        <v>4191</v>
+      </c>
+      <c r="D30" s="3">
+        <v>880.11</v>
+      </c>
+      <c r="E30" s="4">
+        <v>3</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G30" s="4" t="s">
+        <v>117</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I30" s="4">
         <v>2</v>
       </c>
-      <c r="J8" s="8">
-[...16 lines deleted...]
-      <c r="E9" s="13">
+      <c r="J30" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A31" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" s="8">
+        <v>14950</v>
+      </c>
+      <c r="D31" s="8">
+        <v>3139.5</v>
+      </c>
+      <c r="E31" s="9">
+        <v>1</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G31" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="H31" s="10" t="s">
+        <v>122</v>
+      </c>
+      <c r="I31" s="9">
+        <v>2</v>
+      </c>
+      <c r="J31" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C32" s="3">
+        <v>11971.11</v>
+      </c>
+      <c r="D32" s="3">
+        <v>2513.9299999999998</v>
+      </c>
+      <c r="E32" s="4">
+        <v>4.97</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G32" s="4" t="s">
+        <v>125</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="I32" s="4">
+        <v>3</v>
+      </c>
+      <c r="J32" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A33" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="C33" s="8">
+        <v>14950</v>
+      </c>
+      <c r="D33" s="8">
+        <v>3139.5</v>
+      </c>
+      <c r="E33" s="9">
+        <v>10.35</v>
+      </c>
+      <c r="F33" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G33" s="9" t="s">
+        <v>129</v>
+      </c>
+      <c r="H33" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="I33" s="9">
+        <v>1</v>
+      </c>
+      <c r="J33" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="34" spans="1:10" ht="96.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C34" s="3">
+        <v>12690</v>
+      </c>
+      <c r="D34" s="3">
+        <v>2664.9</v>
+      </c>
+      <c r="E34" s="4">
+        <v>9.77</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G34" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="I34" s="4">
+        <v>1</v>
+      </c>
+      <c r="J34" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="35" spans="1:10" ht="63" x14ac:dyDescent="0.25">
+      <c r="A35" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C35" s="8">
+        <v>11100.32</v>
+      </c>
+      <c r="D35" s="8">
+        <v>2331.0700000000002</v>
+      </c>
+      <c r="E35" s="9">
         <v>0.97</v>
       </c>
-      <c r="F9" s="13" t="s">
-[...8 lines deleted...]
-      <c r="I9" s="17">
+      <c r="F35" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G35" s="9" t="s">
+        <v>137</v>
+      </c>
+      <c r="H35" s="10" t="s">
+        <v>138</v>
+      </c>
+      <c r="I35" s="9">
         <v>1</v>
       </c>
-      <c r="J9" s="13">
-[...16 lines deleted...]
-      <c r="E10" s="8">
+      <c r="J35" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="36" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>139</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C36" s="3">
+        <v>818</v>
+      </c>
+      <c r="D36" s="3">
+        <v>171.78</v>
+      </c>
+      <c r="E36" s="4">
+        <v>11.97</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G36" s="4" t="s">
+        <v>141</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="I36" s="4">
+        <v>1</v>
+      </c>
+      <c r="J36" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="C37" s="8">
+        <v>8948.6</v>
+      </c>
+      <c r="D37" s="8">
+        <v>1879.21</v>
+      </c>
+      <c r="E37" s="9">
+        <v>9.48</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G37" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="H37" s="10" t="s">
+        <v>146</v>
+      </c>
+      <c r="I37" s="9">
+        <v>1</v>
+      </c>
+      <c r="J37" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>147</v>
+      </c>
+      <c r="B38" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C38" s="3">
+        <v>180</v>
+      </c>
+      <c r="D38" s="3">
+        <v>37.799999999999997</v>
+      </c>
+      <c r="E38" s="4">
+        <v>10.61</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G38" s="4" t="s">
+        <v>149</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="I38" s="4">
+        <v>1</v>
+      </c>
+      <c r="J38" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="39" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A39" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C39" s="8">
+        <v>763.64</v>
+      </c>
+      <c r="D39" s="8">
+        <v>160.36000000000001</v>
+      </c>
+      <c r="E39" s="9">
+        <v>0.9</v>
+      </c>
+      <c r="F39" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G39" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="H39" s="10" t="s">
+        <v>154</v>
+      </c>
+      <c r="I39" s="9">
+        <v>4</v>
+      </c>
+      <c r="J39" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="40" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="B40" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C40" s="3">
+        <v>7960.68</v>
+      </c>
+      <c r="D40" s="3">
+        <v>1671.74</v>
+      </c>
+      <c r="E40" s="4">
+        <v>9.61</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G40" s="4" t="s">
+        <v>157</v>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I40" s="4">
+        <v>1</v>
+      </c>
+      <c r="J40" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="41" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="C41" s="8">
+        <v>415.46</v>
+      </c>
+      <c r="D41" s="8">
+        <v>0</v>
+      </c>
+      <c r="E41" s="9">
+        <v>11.97</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G41" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="H41" s="10" t="s">
+        <v>162</v>
+      </c>
+      <c r="I41" s="9">
+        <v>1</v>
+      </c>
+      <c r="J41" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="78.75" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="B42" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C42" s="3">
+        <v>4250</v>
+      </c>
+      <c r="D42" s="3">
+        <v>892.5</v>
+      </c>
+      <c r="E42" s="4">
+        <v>2.1</v>
+      </c>
+      <c r="F42" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G42" s="4" t="s">
+        <v>165</v>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="I42" s="4">
+        <v>2</v>
+      </c>
+      <c r="J42" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="47.25" x14ac:dyDescent="0.25">
+      <c r="A43" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C43" s="8">
+        <v>10710</v>
+      </c>
+      <c r="D43" s="8">
+        <v>2249.1</v>
+      </c>
+      <c r="E43" s="9">
         <v>0.97</v>
       </c>
-      <c r="F10" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I10" s="16">
+      <c r="F43" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G43" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="H43" s="10" t="s">
+        <v>170</v>
+      </c>
+      <c r="I43" s="9">
+        <v>3</v>
+      </c>
+      <c r="J43" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A44" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="B44" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C44" s="3">
+        <v>14200</v>
+      </c>
+      <c r="D44" s="3">
+        <v>2982</v>
+      </c>
+      <c r="E44" s="4">
+        <v>6.87</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>80</v>
+      </c>
+      <c r="G44" s="4" t="s">
+        <v>173</v>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="I44" s="4">
+        <v>3</v>
+      </c>
+      <c r="J44" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A45" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>176</v>
+      </c>
+      <c r="C45" s="8">
+        <v>40.299999999999997</v>
+      </c>
+      <c r="D45" s="8">
+        <v>8.4600000000000009</v>
+      </c>
+      <c r="E45" s="9">
+        <v>7.77</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>80</v>
+      </c>
+      <c r="G45" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="H45" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="I45" s="9">
+        <v>2</v>
+      </c>
+      <c r="J45" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A46" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="B46" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="C46" s="3">
+        <v>10847.42</v>
+      </c>
+      <c r="D46" s="3">
+        <v>2277.96</v>
+      </c>
+      <c r="E46" s="4">
+        <v>0.97</v>
+      </c>
+      <c r="F46" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="G46" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I46" s="4">
+        <v>2</v>
+      </c>
+      <c r="J46" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A47" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>183</v>
+      </c>
+      <c r="C47" s="8">
+        <v>830</v>
+      </c>
+      <c r="D47" s="8">
+        <v>174.3</v>
+      </c>
+      <c r="E47" s="9">
+        <v>11.97</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="G47" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="H47" s="10" t="s">
+        <v>185</v>
+      </c>
+      <c r="I47" s="9">
         <v>1</v>
       </c>
-      <c r="J10" s="8">
-[...36 lines deleted...]
-      <c r="A12" s="5" t="s">
+      <c r="J47" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="B48" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C48" s="3">
+        <v>2925</v>
+      </c>
+      <c r="D48" s="3">
+        <v>614.25</v>
+      </c>
+      <c r="E48" s="4">
+        <v>1</v>
+      </c>
+      <c r="F48" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="G48" s="4" t="s">
+        <v>188</v>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="I48" s="4">
+        <v>4</v>
+      </c>
+      <c r="J48" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="60" x14ac:dyDescent="0.25">
+      <c r="A49" s="6" t="s">
+        <v>190</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="C49" s="8">
+        <v>147.30000000000001</v>
+      </c>
+      <c r="D49" s="8">
+        <v>30.93</v>
+      </c>
+      <c r="E49" s="9">
+        <v>11.97</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="G49" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="H49" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="I49" s="9">
+        <v>1</v>
+      </c>
+      <c r="J49" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="50" spans="1:10" ht="30" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="B50" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="C50" s="3">
+        <v>172.5</v>
+      </c>
+      <c r="D50" s="3">
+        <v>36.229999999999997</v>
+      </c>
+      <c r="E50" s="4">
+        <v>0.87</v>
+      </c>
+      <c r="F50" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="G50" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="I50" s="4">
+        <v>1</v>
+      </c>
+      <c r="J50" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A51" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>197</v>
+      </c>
+      <c r="C51" s="8">
+        <v>1748.11</v>
+      </c>
+      <c r="D51" s="8">
+        <v>367.1</v>
+      </c>
+      <c r="E51" s="9">
+        <v>4.6100000000000003</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="G51" s="9" t="s">
         <v>51</v>
       </c>
-      <c r="B12" s="6" t="s">
+      <c r="H51" s="10" t="s">
         <v>52</v>
       </c>
-      <c r="C12" s="7">
-[...17 lines deleted...]
-      <c r="I12" s="16">
+      <c r="I51" s="9">
         <v>1</v>
       </c>
-      <c r="J12" s="8">
-[...92 lines deleted...]
-      <c r="I15" s="17">
+      <c r="J51" s="9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="52" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A52" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="B52" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="C52" s="3">
+        <v>7290</v>
+      </c>
+      <c r="D52" s="3">
+        <v>1530.9</v>
+      </c>
+      <c r="E52" s="4">
         <v>1</v>
       </c>
-      <c r="J15" s="13">
-[...214 lines deleted...]
-      <c r="G22" s="8" t="s">
+      <c r="F52" s="4" t="s">
+        <v>181</v>
+      </c>
+      <c r="G52" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="I52" s="4">
+        <v>4</v>
+      </c>
+      <c r="J52" s="4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="53" spans="1:10" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A53" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>201</v>
+      </c>
+      <c r="C53" s="8">
+        <v>5880</v>
+      </c>
+      <c r="D53" s="8">
+        <v>1234.8</v>
+      </c>
+      <c r="E53" s="9">
+        <v>1.03</v>
+      </c>
+      <c r="F53" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="G53" s="9" t="s">
         <v>89</v>
       </c>
-      <c r="H22" s="9" t="s">
+      <c r="H53" s="10" t="s">
         <v>90</v>
       </c>
-      <c r="I22" s="16">
-[...418 lines deleted...]
-      <c r="J35" s="13">
+      <c r="I53" s="9">
+        <v>4</v>
+      </c>
+      <c r="J53" s="9">
         <v>2025</v>
       </c>
     </row>
   </sheetData>
+  <autoFilter ref="A1:J53" xr:uid="{6CF8998E-64CB-4B9F-AD7B-6B5DBFA5C26E}"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C3A78735-2BE0-495A-9087-1845797915EF}">
+  <dimension ref="A1"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101005A104DB8759A3046B308B0A6B1E808E8" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="48ba01f75fb8a690526192766d18d0fd">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bed44c09-41e8-4d3e-9892-6d0b0074b19a" xmlns:ns3="22826b3b-1015-4b24-8872-7751f9ca1ae1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8f75095e90853b99fd27555a01557e3c" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x0101005A104DB8759A3046B308B0A6B1E808E8" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="25645179161acfe3f7c97bd9e378c223">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bed44c09-41e8-4d3e-9892-6d0b0074b19a" xmlns:ns3="22826b3b-1015-4b24-8872-7751f9ca1ae1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f2cc2d740ce007dd087bf65894aa489f" ns2:_="" ns3:_="">
     <xsd:import namespace="bed44c09-41e8-4d3e-9892-6d0b0074b19a"/>
     <xsd:import namespace="22826b3b-1015-4b24-8872-7751f9ca1ae1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -2353,114 +5229,103 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="22826b3b-1015-4b24-8872-7751f9ca1ae1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bed44c09-41e8-4d3e-9892-6d0b0074b19a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{870B6907-6296-44BD-9D0E-AF5EDA9EAA50}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CF8C4BF-4640-4093-A923-712FE50C3C6E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D8DF27A-31E7-439F-BD99-5DE8D5CF2043}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{708CBE00-BB83-4F82-AA80-CA98CA7F467A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="22826b3b-1015-4b24-8872-7751f9ca1ae1"/>
     <ds:schemaRef ds:uri="bed44c09-41e8-4d3e-9892-6d0b0074b19a"/>
-  </ds:schemaRefs>
-[...25 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Hoja1</vt:lpstr>
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>REVISADO</vt:lpstr>
+      <vt:lpstr>SIN REVISAR</vt:lpstr>
+      <vt:lpstr>Hoja2</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Mayte Sanmateo | ESAMUR</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>